--- v3 (2026-03-11)
+++ v4 (2026-03-31)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1397">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Sub-Category</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Part number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Discount price &gt;$2K /ORDER</t>
   </si>
   <si>
     <t>OEM Price</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
@@ -122,236 +122,236 @@
   <si>
     <t>Bacnet thermostat with color LCD. 5relay outputs,1A0+1Al,Temperature ,Modbus RTU.RS485.</t>
   </si>
   <si>
     <t>Tstat9-H-W</t>
   </si>
   <si>
     <t>Bacnet thermostat with color LCD.5relay outputs,2A0,Humidity,RS485,Temperature and WIFI.Modbus TCP/IP.</t>
   </si>
   <si>
     <t>Tstat9-H-OCC-W</t>
   </si>
   <si>
     <t>0.6 kg</t>
   </si>
   <si>
     <t>Bacnet thermostat with color LCD,5relayoutputs,2A0,Humidity,0CC,RS485,Temperatureand WlFl,Modbus TCP/IP.</t>
   </si>
   <si>
     <t>Tstat9-W</t>
   </si>
   <si>
     <t>Bacnet thermostat with color LCD. 5relay outputs, 2A0,RS485,Temperature and WlFl,Modbus TCP/P</t>
   </si>
   <si>
+    <t>Tstat8</t>
+  </si>
+  <si>
+    <t>0.25 kg</t>
+  </si>
+  <si>
+    <t>Tstat8 Bacnet/Modbus thermostat with RS485,  Color LCD,Clock, 8UI, 2AO, 5DO@2A.</t>
+  </si>
+  <si>
+    <t>TSTAT7</t>
+  </si>
+  <si>
+    <t>CPU based Tstat, LCD with backlight, 5 relays @1A, 4AI, 2AO, RS485,  clock,with temperature</t>
+  </si>
+  <si>
+    <t>TSTAT7-OCC</t>
+  </si>
+  <si>
+    <t>CPU based Tstat, LCD with backlight, 5 relays @1A, 4AI, 2AO, RS485 , clock,with temperature  &amp; occupancy sensor.</t>
+  </si>
+  <si>
+    <t>TSTAT7-H</t>
+  </si>
+  <si>
+    <t>CPU based Tstat, LCD with backlight, 5 relays @1A, 4AI, 2AO, RS485, clock,with temperature &amp; humidity</t>
+  </si>
+  <si>
+    <t>Bacnet Controllers</t>
+  </si>
+  <si>
+    <t>T3-Nano</t>
+  </si>
+  <si>
+    <t>0.3 kg</t>
+  </si>
+  <si>
+    <t>Programmable controller supporting Modbus and BACnet protocols simultaneously. with Optoisolated RS485, ST CPU.</t>
+  </si>
+  <si>
+    <t>T3-Nano-DIN</t>
+  </si>
+  <si>
+    <t>Programmable controller supporting Modbus and BACnet protocols. Optoisolated RS485 and 35mm DlN rail Mount with ST CPU</t>
+  </si>
+  <si>
+    <t>Controllers</t>
+  </si>
+  <si>
+    <t>Converters</t>
+  </si>
+  <si>
+    <t>USB-RS485</t>
+  </si>
+  <si>
+    <t>0.08 kg</t>
+  </si>
+  <si>
+    <t>The USB to RS485 Converter transmits smaller data blocks over long distances while multiple nodes share a two-wire bus.</t>
+  </si>
+  <si>
+    <t>PC</t>
+  </si>
+  <si>
+    <t>WR-US</t>
+  </si>
+  <si>
+    <t>2 kg</t>
+  </si>
+  <si>
+    <t>Wireless Router,Sim Card: Canada/USA,4G FDD-LTE：B2/B4/B5/B7</t>
+  </si>
+  <si>
+    <t>WR-EU</t>
+  </si>
+  <si>
+    <t>Wireless Router,Sim Card:Europe/Asia/South America/Africa,4G FDD-LTE：B1/B3/B7/B8/B20</t>
+  </si>
+  <si>
+    <t>PC896-S</t>
+  </si>
+  <si>
+    <t>1.2 kg</t>
+  </si>
+  <si>
+    <t>Android touch screen , standard configuation,7 Inch IPS Display,Dc9v~36v.</t>
+  </si>
+  <si>
+    <t>PC896-ON</t>
+  </si>
+  <si>
+    <t>1.25 kg</t>
+  </si>
+  <si>
+    <t>Android touch screen for Metal Clips for Onwall Mount (L shape),7 Inch IPS Display,Dc9v~36v.</t>
+  </si>
+  <si>
+    <t>PC896-IN</t>
+  </si>
+  <si>
+    <t>Android touch screen  for Metal Enclosure for Inwall Mount,7 Inch IPS Display,Dc9v~36v.</t>
+  </si>
+  <si>
+    <t>PC896-DE</t>
+  </si>
+  <si>
+    <t>Android touch screen for desktop mount,7 Inch IPS Display,Dc9v~36v.</t>
+  </si>
+  <si>
+    <t>PC-W</t>
+  </si>
+  <si>
+    <t>2.19 kg</t>
+  </si>
+  <si>
+    <t>Using industrial embedded platform, the system is stable and reliable, it has rich interface. Wireless communication GPS navigation, fault detection, video capture and other functions, can be extended to provide users with a powerful mobile multimedia information system.</t>
+  </si>
+  <si>
+    <t>DS100</t>
+  </si>
+  <si>
+    <t>1.00 kg</t>
+  </si>
+  <si>
+    <t>This Digital Storage Oscilloscope offers a 128Kpts sampling depth with up to 250  horizontal magnification after pausing. Its ultra-portable design—just 1/62 the size of a desktop unit—features smooth handling, intuitive controls with 4 buttons and 2 wheels, and durable PC-AB alloy construction with a high-elasticity plush sensor.</t>
+  </si>
+  <si>
+    <t>T3E-Nano</t>
+  </si>
+  <si>
+    <t>Programmable controller supporting both Modbus and BACnet protocols simultaneously, Optoisolated RS485 and is equipped with ESP32 CPU</t>
+  </si>
+  <si>
+    <t>T3E-Nano-DIN</t>
+  </si>
+  <si>
+    <t>Programmable controller supporting Modbus and BACnet protocols. Optoisolated RS485 and 35mm DlN rail Mount with ESP32 CPU</t>
+  </si>
+  <si>
+    <t>T3-OEM-NL</t>
+  </si>
+  <si>
+    <t>T3-OEM Bacnet programmable controller,8UI,4AO,5 relay outputs, RS485,Without LCD</t>
+  </si>
+  <si>
+    <t>T3-OEM-W</t>
+  </si>
+  <si>
+    <t>T3-OEM Bacnet programmable controller,8UI,4AO,5 relay outputs, WIFI, RS485.</t>
+  </si>
+  <si>
+    <t>T3-OEM</t>
+  </si>
+  <si>
+    <t>T3-OEM Bacnet programmable controller,8UI,4AO,5 relay outputs, RS485.</t>
+  </si>
+  <si>
+    <t>T3-OEM-DIN</t>
+  </si>
+  <si>
+    <t>T3-OEM Bacnet programmable controller,8UI,4AO,5 relay outputs, RS485,  with din rail mount bracket.</t>
+  </si>
+  <si>
     <t>Tstat10</t>
   </si>
   <si>
-    <t>0.3 kg</t>
-[...1 lines deleted...]
-  <si>
     <t>Tstat10 Bacnet thermostat with color LCD 5DO @2A ,8UI,2AO,Clock,RS485.</t>
   </si>
   <si>
     <t>Tstat10-NL</t>
   </si>
   <si>
     <t>Tstat10 Bacnet thermostat with color LCD 5DO @2A ,8UI,2AO,Clock,RS485,Without LCD.</t>
   </si>
   <si>
     <t>Tstat10-CO2-NL</t>
   </si>
   <si>
     <t>Tstat10 Bacnet thermostat with color LCD 5DO @2A ,8UI,2AO,Clock,CO2,RS485,Without LCD</t>
   </si>
   <si>
     <t>Tstat10-OCC-NL</t>
   </si>
   <si>
     <t>Tstat10 Bacnet thermostat with color LCD 5DO @2A ,8UI,2AO,Clock,OCC,RS485,Without LCD</t>
   </si>
   <si>
-    <t>Tstat8</t>
-[...157 lines deleted...]
-  <si>
     <t>T3-LB-1kPT</t>
   </si>
   <si>
     <t>T3 series Little Brother bacnet controller, 16 UI, 4 AO, 6 DO,2*RS485,Standard UI plus 1kPt compatible.</t>
   </si>
   <si>
     <t>T3-TB-W-1kPT</t>
   </si>
   <si>
     <t>T3 series Tiny Brother bacnet controller,8UI,8DO,6AO,2*RS485, Standard UI plus 1kPt compatible，with WIFI module.</t>
   </si>
   <si>
     <t>STM32</t>
   </si>
   <si>
     <t>0.1 kg</t>
   </si>
   <si>
     <t>STM32 CPU,T3-BB and T3-LB Bacnet controller core board to replace Asix CPU</t>
   </si>
   <si>
     <t>T3-TB-11i</t>
   </si>
   <si>
     <t>T3 series Tiny Brother bacnet controller, 11UI,6DO, 5AO,2*RS485.</t>
@@ -458,63 +458,63 @@
   <si>
     <t>T3 Bacnet Modbus module, 22 UI: 0-5V, 0-10V, 4-20mA, thermistor/ dry contact. RS485, Ethernet</t>
   </si>
   <si>
     <t>T3E-22i-W</t>
   </si>
   <si>
     <t>T3 Bacnet Modbus module, 22 UI: 0-5V, 0-10V, 4-20mA, thermistor/ dry contact. RS485, Ethernet, with WIFI module.</t>
   </si>
   <si>
     <t>T3E-886</t>
   </si>
   <si>
     <t>T3 Bacnet Modbus modules, 8UI,8AO,6DO 1A@30VDC,0.3A@60VDC,0.5A@125VAC,6relays@0-5v,0-10v,10k Type 2 NTC</t>
   </si>
   <si>
     <t>Power Metering</t>
   </si>
   <si>
     <t>Small Water Flow Meter</t>
   </si>
   <si>
     <t>SMFM-S1</t>
   </si>
   <si>
-    <t>Small Water Flow Meter，Pipe size 20mm,Operating voltage range DC5~18V, 1/2" NPT Thread.</t>
+    <t>Small Water Flow Meter，Pipe size 20mm,Operating voltage range DC5~18V, 1/2" G Thread.</t>
   </si>
   <si>
     <t>SMFM-S2</t>
   </si>
   <si>
-    <t>Small Water Flow Meter，Pipe size 25.5mm,Operating voltage range DC5~18V, 3/4" NPT Thread.</t>
+    <t>Small Water Flow Meter，Pipe size 25.5mm,Operating voltage range DC4.5~18V, 3/4" NPT Thread.</t>
   </si>
   <si>
     <t>SMFM-S3</t>
   </si>
   <si>
-    <t>Small Water Flow Meter，Pipe size 32.5mm,Operating voltage range DC5~18V,1" NPT Thread.</t>
+    <t>Small Water Flow Meter，Pipe size 32.5mm,Operating voltage range DC4.5~18V,1" NPT Thread.</t>
   </si>
   <si>
     <t>Split Core Current Sensor with 5VDC output</t>
   </si>
   <si>
     <t>CS-SP-50A-DC</t>
   </si>
   <si>
     <t>0.15 kg</t>
   </si>
   <si>
     <t>These split core current sensors are cost-effective tools for monitoring single phase AC loads such as fans, pumps, and compressors. The split core design and the self powered electronics make for very simple installation. They are suitable for general monitoring and alarming of HVAC systems for conditions such as a slipped belt or an impending bearing failure.</t>
   </si>
   <si>
     <t>3 Phase power meter</t>
   </si>
   <si>
     <t>ME237V-3CTs-100A-333mV</t>
   </si>
   <si>
     <t>1.1 kg</t>
   </si>
   <si>
     <t>Three-phase multifunctional smart meter,AC Current Transformer,100A in, 333mV AC output.</t>
   </si>
@@ -573,50 +573,56 @@
     <t>Three phase power meter with 3 clamp on 333mv CT&amp;rsquo;s,50A range, 24VDC Power Supply.</t>
   </si>
   <si>
     <t>NRC-80</t>
   </si>
   <si>
     <t>Flexible Rogowski coils,inner diameter 80mm,reference rated current 1000A,standard lead length:2meters, set of 3pcs works with ME231N2，ME337ND2.</t>
   </si>
   <si>
     <t>NRC-100</t>
   </si>
   <si>
     <t>Flexible Rogowski coils,inner diameter 100mm,reference rated current 1000A,standard lead length:2meters, set of 3pcs works with ME231N2，ME337ND2.</t>
   </si>
   <si>
     <t>MRC-36</t>
   </si>
   <si>
     <t>Flexible Rogowski coils,inner diameter 36mm,reference rated current 600A,standard lead length:2meters, set of  3pcs works with ME231N2,ME337ND2.</t>
   </si>
   <si>
     <t>ME231N2</t>
   </si>
   <si>
     <t>ME231N2,Rogowki Multifunction DIN-RAIL,Smart Meter,Power Supply:220VAC(95~265VAC)，requires 330mv CTs x 3 pcs.</t>
+  </si>
+  <si>
+    <t>ME231N2-NRC-100</t>
+  </si>
+  <si>
+    <t>ME231N2, Rogowki Multifunction DIN-RAIL, Smart Meter, Power Supply:220VAC(95~265VAC), supports Rogowski coils, inner diameter 100mm, reference rated current 1000A, lead length:2meters</t>
   </si>
   <si>
     <t>ME337ND2</t>
   </si>
   <si>
     <t>Three phase multi-function smart meter, 220V AC auxiliary power supply (95-265VAC), Current transformer type: Rogowski coil and voltage output type CT.</t>
   </si>
   <si>
     <t>ME337NR2-FCT-200</t>
   </si>
   <si>
     <t>Three-phase power meter with 3 in 1 RJ45 Rogowski coils, Coil length:200mm, Rated current :100A</t>
   </si>
   <si>
     <t>ME337ND2-3CTs--50A-330mV</t>
   </si>
   <si>
     <t>Three phase power meter with 3 clamp on 333mv CT s,50A range,220VAC Power Supply.</t>
   </si>
   <si>
     <t>ME337ND2-3CTs--100A-330mV</t>
   </si>
   <si>
     <t>Three phase power meter with 3 clamp on 333mv CT s,100A range,220VAC Power Supply.</t>
   </si>
@@ -4270,51 +4276,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL13-57-100-277V-DIM-D-115x901.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x902.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Electrical-box-web-90x903.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x904.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9_OCC--90x905.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x906.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-WEB-81x907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-NL-1-83x908.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03-79x909.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x9010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-2-67x9011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-OCC-4-63x9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-2-67x9013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-108x9014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN-82x9015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/USB-RS485-web1-1-1-90x9016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-120x9017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-896S-108x9018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture5-1-108x9019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture4-120x8120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture6-1-116x9021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-W-1-117x9022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DS100-Wed-120x8423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-108x9024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN-82x9025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEMNL26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEM-W-70x9027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-4-66x9028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-1k-PTWeb-83x9029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-120x8031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-11i-94x9032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-83x9042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-12-doc-98x9043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-6CT-web-1-101x9044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-32i-94x9045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-8O-W-Web-96x9046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-web-93x9047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-w-93x9048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8o-96x9049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/YF-S201C-84x9050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/swfm-1-120x8851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-SP-50A-DC-115x9052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME237-Web-93x9054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND-95x9056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-420x263-1-120x7558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-80-1-120x8359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-100-1-120x8360.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRC-36-Web-109x9061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME231-91x9062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND-95x9063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-Web-120x6564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC-101x9066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web-70x9067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC-101x9068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web-70x9069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300-90x9070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300-90x9071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300-90x9072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Current-Transformer-70x9073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Occupancy-Light-Switch-Web-60x9074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3-53x9075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6-89x9076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3-53x9077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6-89x9078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT206-2.5-87x9079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206-90x9080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400-66x9081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-7-120x7882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT-120x7483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400-66x9084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch-97x9085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories-120x7286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch-97x9087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-0-0-NL-1-117x9088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories-120x7289.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-1-2-112x9090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-12-112x9091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-44x9092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV-120x8693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1-87x9094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web-107x9095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-3S-108x9096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-NL-79x9097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-POEWeb-420x436-1-87x9098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-POEWeb-420x438-1-86x9099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-POE-Web-420x349-1-108x90101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N-LCD1103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-Web-86x90104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-Web-87x90105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-Web-108x90106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-DM-57x90107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH-114x90108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web-76x90109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2-91x90110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web-51x90111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-108x90112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-81x90113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WS-1-D-Web-99x90114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-2-85x90115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03-79x90116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N-94x90117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Air-Quality-web-81x90118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-2-120x77119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-W-117x90121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-420x229-1-120x65123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13-80x90124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x90125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N-web-88x90126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-TH-120x70127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-N-LCD-1-86x90128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-120x65129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13-80x90130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-W-X-1-113x90131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS2-N-LCD-1-81x90132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-118x90133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3-104x90134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1-120x84135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3-1_8472832_3921151-104x90138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-2-104x90139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-3-104x90140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-4-104x90141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-5-104x90142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-6-104x90143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-27-11-08-28-52x90145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-2-86x90146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-24-15-04-42-84x90147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-B-150-63x90148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-TH-WEB-58x90149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-100-82x90150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-150-73x90151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-T-100web-85x90152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OMS-2-120x52153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-420x940-1-40x90154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PlasticFlange-120x79155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead-50x90156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whole-120x86157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1_Web-72x90160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12-120x44161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12-120x44163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/outdoor-sensor-front-2-e1497407636914-47x90164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO_Web-71x90165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x90168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sensor-120x88169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTD2-Web-72x90170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OATp-97x90171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-insert_4_Rev1-120x80172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1-120x80173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1-120x80174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1-120x80175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT1000New-120x71176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1854-120x90177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT-Sensor-1-91x90178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB_pic2-1-120x74179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-80-7-3-41x90180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-1-69x90182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1-61x90184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2017-7-14-15-22-48-79x90185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1-61x90186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead-50x90187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-bead-56x90189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-120-68x90190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Raw-1-73x90191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5-120x48193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB-4-8-7--120x41194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5-120x48195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picure-120x77196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-120x77198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-2-40x90200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-E-12-7_Web-56x90202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL-B-8-N-120x63205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2-120x84206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6-120x62209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s2-120x74210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Ab4-120x62213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/As4-120x45214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-WP-40-M-S1-7-120x53217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-P-118x90218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-M-120x68220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-6_Web-56x90227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-100-1-120x69244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-150-120x58245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-200-120x58246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-200-120x58247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-300-1-120x55248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1000-120x27249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WFS-120x55250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-76x90251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-1-76x90252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1-50x90253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt400-420x208-1-120x59254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300-420x208-1-120x59255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt1000-120x64256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pitot-Kits-120x43257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300-120x59258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt250-120x59259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt200-120x59260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt150-120x58261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN20-6-120x90262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH-114x90263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web-76x90264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2-91x90265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web-51x90266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-108x90267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XKC-Y26-NPC-120x57268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x57269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x57270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x57271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TankSensor-web-68x90272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/float-image_web-77x90273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-44x90274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV-120x86275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1-87x90276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web-107x90277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TstatCovers_1_400-102x90278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TtsatCover_5_400-120x83279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E-OCC-73x90280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E-74x90281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10-71x90282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10-71x90283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat4-4-84x90284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-9-65x90285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/W-S-6-120x85286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-S-6-120x60287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB-94x90288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BT-115x90289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TL-120x90290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL-95x90291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PB-120x74292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MG-109x90293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-120x53294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FlushMountSensor-120x47295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M-1-117x90296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M-120x60297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-W1-S-120x39298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Hm-d1-s-120x36299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-58x90300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-22iBlank-88x90301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-90x90302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-98x90303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-81x90304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-105x90305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-98x90306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1-84x90307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-105x90308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-90x90309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-81x90310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1-84x90311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-82x90312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4-1-74x90313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8-54x90314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/label-420x512-1-74x90315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB_LAB_web-116x90316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB_LAB_web-116x90317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-74x90318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-Label-6-47x90319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-70x90320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-2-120x90321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-120x80322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-Nano-ENC-81x90323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-51x90324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-Tstat9-76x90325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-OAT-117x90326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-108x90327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC_HUM2web-120x64328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-ENC-66x90329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-86x90330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t8-72x90331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2018-10-24-10-09-29-85x90332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-AQ-1-92x90333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-DTS-90x90334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hum_web-118x90335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-5-92x90336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DPC_5_300-89x90337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-1-112x90338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF-118x90339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2-116x90340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF-118x90341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2-116x90342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA-77x90343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/heat-sink-87x90344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA-77x90345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HS-40A-97x90346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-96x90347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Bottom-12-90x90348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_1-SN-AC110pic-94x90349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1-81x90351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1-81x90353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MR_new-84x90355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/my2n-e1486711960310-1-57x90356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-24VAC-web-96x90357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8NC-1-78x90358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-1-102x90359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300-73x90360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4_0_300-103x90361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300-73x90362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LCR_25A_400-102x90363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Actuator-web-120x83364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SRT061-024-web-120x83365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-with-Actuator-web-120x70367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10Zons-2-114x90368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones-116x90369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web-114x90371.png"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones-116x90373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1-120x88374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web-114x90375.png"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN150-70x90376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN65-DN100-1-54x90377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vm_web-99x90386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SBA03-024E-2-100x90387.png"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-SBA04-024-120x88388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-66x90389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Web-120x65390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TSB_1_web-120x83391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PA-12V-100x90392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/push-button-switch_1-96x90393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11GIP65-98x90394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11X21IP65-93x90395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Strobe_1_400-87x90396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_1-103x90397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_2-100x90398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKA-3.81-3P-80x90406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDVV-3.81-3P-90x90407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-102x90408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKC-3.81-10P-120x55409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-08P-14-120x78410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-02P-120x85411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-02P-14-94x90412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-04P-14-120x81413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-06P-14-120x74414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-10P-14-120x56415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGVC-5.08-02P-14-92x90417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DM_new-web-2-120x75419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-420x242-1-120x69420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo-103x90421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo2-web-1-112x90422.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL13-57-100-277V-DIM-D-115x901.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x902.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Electrical-box-web-90x903.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x904.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9_OCC--90x905.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x906.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-2-67x908.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-OCC-4-63x909.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-2-67x9010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-108x9011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN-82x9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/USB-RS485-web1-1-1-90x9013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-120x9014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-896S-108x9015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture5-1-108x9016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture4-120x8117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture6-1-116x9018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-W-1-117x9019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DS100-Wed-120x8420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-108x9021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN-82x9022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEMNL23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEM-W-70x9024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-4-66x9025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-WEB-81x9026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-NL-1-83x9027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03-79x9028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-1k-PTWeb-83x9029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-120x8031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-11i-94x9032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-83x9042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-12-doc-98x9043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-6CT-web-1-101x9044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-32i-94x9045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-8O-W-Web-96x9046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-web-93x9047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-w-93x9048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8o-96x9049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/YF-S201C-84x9050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/swfm-1-120x8851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-SP-50A-DC-115x9052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME237-Web-93x9054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND-95x9056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-420x263-1-120x7558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-80-1-120x8359.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-100-1-120x8360.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRC-36-Web-109x9061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME231-91x9062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND-95x9063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-Web-120x6564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC-101x9066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web-70x9067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC-101x9068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web-70x9069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300-90x9070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300-90x9071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300-90x9072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Current-Transformer-70x9073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Occupancy-Light-Switch-Web-60x9074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3-53x9075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6-89x9076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3-53x9077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6-89x9078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT206-2.5-87x9079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206-90x9080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400-66x9081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-7-120x7882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT-120x7483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400-66x9084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch-97x9085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories-120x7286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch-97x9087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-0-0-NL-1-117x9088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories-120x7289.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-1-2-112x9090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-12-112x9091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-44x9092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV-120x8693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1-87x9094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web-107x9095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-3S-108x9096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-NL-79x9097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-POEWeb-420x436-1-87x9098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-POEWeb-420x438-1-86x9099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-POE-Web-420x349-1-108x90101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N-LCD1103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-Web-86x90104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-Web-87x90105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-Web-108x90106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-DM-57x90107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH-114x90108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web-76x90109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2-91x90110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web-51x90111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-108x90112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-81x90113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WS-1-D-Web-99x90114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-2-85x90115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03-79x90116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N-94x90117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Air-Quality-web-81x90118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-2-120x77119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-W-117x90121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-420x229-1-120x65123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13-80x90124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x90125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N-web-88x90126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-TH-120x70127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-N-LCD-1-86x90128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-120x65129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13-80x90130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-W-X-1-113x90131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS2-N-LCD-1-81x90132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-118x90133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3-104x90134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1-120x84135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3-1_8472832_3921151-104x90138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-2-104x90139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-3-104x90140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-4-104x90141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-5-104x90142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-6-104x90143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-27-11-08-28-52x90145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-2-86x90146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-24-15-04-42-84x90147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-B-150-63x90148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-TH-WEB-58x90149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-100-82x90150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-150-73x90151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-T-100web-85x90152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OMS-2-120x52153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-420x940-1-40x90154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PlasticFlange-120x79155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead-50x90156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whole-120x86157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1_Web-72x90160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12-120x44161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12-120x44163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/outdoor-sensor-front-2-e1497407636914-47x90164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO_Web-71x90165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x90168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sensor-120x88169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTD2-Web-72x90170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OATp-97x90171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-insert_4_Rev1-120x80172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1-120x80173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1-120x80174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1-120x80175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT1000New-120x71176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1854-120x90177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT-Sensor-1-91x90178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB_pic2-1-120x74179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-80-7-3-41x90180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-1-69x90182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1-61x90184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2017-7-14-15-22-48-79x90185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1-61x90186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead-50x90187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-bead-56x90189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-120-68x90190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Raw-1-73x90191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5-120x48193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB-4-8-7--120x41194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5-120x48195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picure-120x77196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-120x77198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-2-40x90200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-E-12-7_Web-56x90202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL-B-8-N-120x63205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2-120x84206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6-120x62209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s2-120x74210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Ab4-120x62213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/As4-120x45214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-WP-40-M-S1-7-120x53217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-P-118x90218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-M-120x68220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-6_Web-56x90227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-100-1-120x69244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-150-120x58245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-200-120x58246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-200-120x58247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-300-1-120x55248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1000-120x27249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WFS-120x55250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-76x90251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-1-76x90252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1-50x90253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt400-420x208-1-120x59254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300-420x208-1-120x59255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt1000-120x64256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pitot-Kits-120x43257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300-120x59258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt250-120x59259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt200-120x59260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt150-120x58261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN20-6-120x90262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH-114x90263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web-76x90264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2-91x90265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web-51x90266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-108x90267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XKC-Y26-NPC-120x57268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x57269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x57270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-120x57271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TankSensor-web-68x90272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/float-image_web-77x90273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-44x90274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV-120x86275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1-87x90276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web-107x90277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TstatCovers_1_400-102x90278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TtsatCover_5_400-120x83279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-WEB-81x90280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10-71x90281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10-71x90282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat4-4-84x90283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-9-65x90284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/W-S-6-120x85285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-S-6-120x60286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB-94x90287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BT-115x90288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TL-120x90289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL-95x90290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PB-120x74291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MG-109x90292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-120x53293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FlushMountSensor-120x47294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M-1-117x90295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M-120x60296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-W1-S-120x39297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Hm-d1-s-120x36298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-58x90299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-22iBlank-88x90300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-90x90301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-98x90302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-81x90303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-105x90304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-98x90305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1-84x90306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-105x90307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-90x90308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-81x90309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1-84x90310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-82x90311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4-1-74x90312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8-54x90313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/label-420x512-1-74x90314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB_LAB_web-116x90315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB_LAB_web-116x90316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-74x90317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-Label-6-47x90318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-70x90319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-2-120x90320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-120x80321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-Nano-ENC-81x90322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-51x90323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-Tstat9-76x90324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-OAT-117x90325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-108x90326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC_HUM2web-120x64327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-ENC-66x90328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-86x90329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t8-72x90330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2018-10-24-10-09-29-85x90331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-AQ-1-92x90332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-DTS-90x90333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hum_web-118x90334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-5-92x90335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DPC_5_300-89x90336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-1-112x90337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF-118x90338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2-116x90339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF-118x90340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2-116x90341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA-77x90342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/heat-sink-87x90343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA-77x90344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HS-40A-97x90345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-96x90346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Bottom-12-90x90347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_1-SN-AC110pic-94x90348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1-81x90350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1-81x90352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MR_new-84x90354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/my2n-e1486711960310-1-57x90355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-24VAC-web-96x90356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8NC-1-78x90357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-1-102x90358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300-73x90359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4_0_300-103x90360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300-73x90361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LCR_25A_400-102x90362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Actuator-web-120x83363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SRT061-024-web-120x83364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-with-Actuator-web-120x70366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10Zons-2-114x90367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones-116x90368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web-114x90370.png"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones-116x90372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1-120x88373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web-114x90374.png"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN150-70x90375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN65-DN100-1-54x90376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vm_web-99x90385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SBA03-024E-2-100x90386.png"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-SBA04-024-120x88387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-66x90388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Web-120x65389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TSB_1_web-120x83390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PA-12V-100x90391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/push-button-switch_1-96x90392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11GIP65-98x90393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11X21IP65-93x90394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Strobe_1_400-87x90395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_1-103x90396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_2-100x90397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKA-3.81-3P-80x90405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDVV-3.81-3P-90x90406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-102x90407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKC-3.81-10P-120x55408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-08P-14-120x78409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-02P-120x85410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-02P-14-94x90411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-04P-14-120x81412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-06P-14-120x74413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-10P-14-120x56414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGVC-5.08-02P-14-92x90416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DM_new-web-2-120x75418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-420x242-1-120x69419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo-103x90420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo2-web-1-112x90421.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1095375" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4462,12510 +4468,12480 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="676275" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="600075" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="781050" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="771525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="800100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="781050" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="5181600" cy="6686550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>11</xdr:row>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="790575" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>13</xdr:row>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="752475" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>14</xdr:row>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="676275" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="" descr=""/>
-[...53 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="904875" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="790575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="790575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="904875" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="742950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="704850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="685800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="685800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="419100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="819150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="542925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="485775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="942975" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="838200" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="800100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="800100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="800100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="800100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="495300" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="600075" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="" descr=""/>
-[...53 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="148" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="552450" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="781050" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="495300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="752475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="476250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="819150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="419100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="447675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="676275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="704850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="390525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="371475" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="657225" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="371475" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="476250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="533400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="647700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="457200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="390525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="457200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="533400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>283</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="600075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="800100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="628650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="828675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>296</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="704850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="828675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>299</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>300</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="428625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>301</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="628650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="504825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>305</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="647700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>309</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>311</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="552450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="533400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>319</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="495300" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>321</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="552450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>326</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="723900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>328</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>330</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>333</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>337</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>338</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="495300" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>339</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>340</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>341</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>342</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>344</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>345</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="723900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="657225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="552450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="552450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="552450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="257175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>352</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>353</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>357</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>362</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="476250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>363</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>366</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>367</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="609600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>368</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="409575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="257" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>369</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>370</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>371</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>372</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="552450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>373</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>376</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="263" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>377</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="264" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>378</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>379</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="485775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>380</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="267" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>382</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="542925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>385</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="542925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="542925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="270" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>397</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="542925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>402</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="647700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>405</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="419100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="274" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>409</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="819150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="275" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>410</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>411</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>412</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>413</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="790575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>414</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>419</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>425</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>428</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>429</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>432</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="809625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>433</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>434</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>435</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="288" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>436</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="289" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>437</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="904875" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="290" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>438</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="704850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>439</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="292" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>440</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="504825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="293" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>441</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="447675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="294" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="295" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>443</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="296" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>444</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="371475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="297" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>445</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="342900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="298" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>446</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="552450" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="299" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>447</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="838200" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="300" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>449</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="301" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>450</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="302" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>451</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="303" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>452</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="304" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>453</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="305" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>454</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="306" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>455</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="307" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>456</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="308" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>457</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="309" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>458</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="310" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>459</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="781050" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="311" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>460</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="312" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>461</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="514350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="313" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>462</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="314" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>463</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="315" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>464</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="316" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>465</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="317" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>466</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="447675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="318" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>467</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="319" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>468</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="320" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>469</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="321" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>470</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="322" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>471</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="485775" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="323" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>472</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="324" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>473</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="325" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>474</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="326" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>475</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="609600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="327" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>476</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="328" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>477</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="329" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>478</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="330" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>479</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="331" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>480</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="332" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>481</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="" descr=""/>
-[...113 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="333" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>482</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="334" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>483</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="335" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>484</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="336" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>490</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="337" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>491</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="338" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>492</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="339" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>493</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="340" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>494</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="341" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>495</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="342" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>501</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="343" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>502</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="344" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>503</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="345" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>504</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="346" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>507</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="347" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>509</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="348" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>510</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="349" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>511</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="350" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>512</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="351" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>513</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="352" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>515</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="353" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>516</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="354" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>519</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="542925" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="355" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>520</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="356" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>521</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="357" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>522</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="358" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>523</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="359" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>524</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="360" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>526</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="361" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>527</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="362" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>528</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="790575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="363" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>529</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="790575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="364" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>530</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="365" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>534</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="366" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>535</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="367" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>536</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="368" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>537</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="369" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>538</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="370" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>539</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="371" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>544</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="372" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>545</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="373" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>551</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="374" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>552</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="375" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>553</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="514350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="376" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>554</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="377" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>557</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="378" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>562</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="379" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>563</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="380" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>564</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="381" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>569</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="382" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>572</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="383" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>575</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="384" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>578</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="942975" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="385" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>584</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="386" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>585</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="387" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>587</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="388" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>588</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="389" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>589</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="790575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="390" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>590</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="391" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>591</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="392" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>592</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="393" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>593</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="394" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>594</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="395" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>595</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="396" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>596</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="397" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>597</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="398" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>598</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="399" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>599</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="400" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>600</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="401" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>606</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="402" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>607</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="403" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>608</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="404" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>611</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="405" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>612</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="406" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>613</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="971550" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="407" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>614</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="408" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>615</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="742950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="409" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>616</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="809625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="410" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>617</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="411" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>618</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="" descr=""/>
-[...1103 lines deleted...]
-      <xdr:row>66</xdr:row>
+        <xdr:cNvPr id="412" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>619</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="704850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="413" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>620</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="533400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="414" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>621</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="415" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>623</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="416" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>625</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="417" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>626</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="" descr=""/>
-[...983 lines deleted...]
-      <xdr:row>124</xdr:row>
+        <xdr:cNvPr id="418" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>628</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="657225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="419" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>629</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="420" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>632</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1066800" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="" descr=""/>
-[...9928 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="421" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -17232,51 +17208,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I633"/>
+  <dimension ref="A1:I634"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="50">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -17514,1166 +17490,1166 @@
         <v>56</v>
       </c>
       <c r="F10" s="3">
         <v>53.2</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="85">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="F11" s="3">
-        <v>41.4</v>
+        <v>58.88</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" t="s">
         <v>36</v>
       </c>
       <c r="I11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="85">
       <c r="A12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F12" s="3">
-        <v>41.4</v>
+        <v>51.52</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="85">
       <c r="A13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="3">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3">
-        <v>81.88</v>
+        <v>52.44</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="85">
       <c r="A14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F14" s="3">
-        <v>46</v>
+        <v>55.2</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="85">
       <c r="A15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E15" s="3">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>58.88</v>
+        <v>38.13</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="85">
       <c r="A16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E16" s="3">
-        <v>56</v>
+        <v>42.5</v>
       </c>
       <c r="F16" s="3">
-        <v>51.52</v>
+        <v>39.53</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" t="s">
         <v>24</v>
       </c>
       <c r="I16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="85">
       <c r="A17" s="1" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E17" s="3">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>52.44</v>
+        <v>10.92</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="I17" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:9" customHeight="1" ht="85">
       <c r="A18" s="1" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E18" s="3">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="F18" s="3">
-        <v>55.2</v>
+        <v>85.5</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I18" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:9" customHeight="1" ht="85">
       <c r="A19" s="1" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E19" s="3">
-        <v>41</v>
+        <v>90</v>
       </c>
       <c r="F19" s="3">
-        <v>38.13</v>
+        <v>85.5</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="I19" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:9" customHeight="1" ht="85">
       <c r="A20" s="1" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E20" s="3">
-        <v>42.5</v>
+        <v>280</v>
       </c>
       <c r="F20" s="3">
-        <v>39.53</v>
+        <v>260.4</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I20" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:9" customHeight="1" ht="85">
       <c r="A21" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E21" s="3">
-        <v>12</v>
+        <v>282</v>
       </c>
       <c r="F21" s="3">
-        <v>10.92</v>
+        <v>262.26</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="I21" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:9" customHeight="1" ht="85">
       <c r="A22" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E22" s="3">
-        <v>90</v>
+        <v>286</v>
       </c>
       <c r="F22" s="3">
-        <v>85.5</v>
+        <v>265.98</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" t="s">
         <v>65</v>
       </c>
       <c r="I22" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:9" customHeight="1" ht="85">
       <c r="A23" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E23" s="3">
-        <v>90</v>
+        <v>282</v>
       </c>
       <c r="F23" s="3">
-        <v>85.5</v>
+        <v>262.26</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" t="s">
         <v>65</v>
       </c>
       <c r="I23" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:9" customHeight="1" ht="85">
       <c r="A24" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E24" s="3">
-        <v>280</v>
+        <v>580</v>
       </c>
       <c r="F24" s="3">
-        <v>260.4</v>
+        <v>551</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I24" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:9" customHeight="1" ht="85">
       <c r="A25" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E25" s="3">
-        <v>282</v>
+        <v>106</v>
       </c>
       <c r="F25" s="3">
-        <v>262.26</v>
+        <v>100.7</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:9" customHeight="1" ht="85">
       <c r="A26" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E26" s="3">
-        <v>286</v>
+        <v>61</v>
       </c>
       <c r="F26" s="3">
-        <v>265.98</v>
+        <v>57.95</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="I26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:9" customHeight="1" ht="85">
       <c r="A27" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E27" s="3">
-        <v>282</v>
+        <v>62.5</v>
       </c>
       <c r="F27" s="3">
-        <v>262.26</v>
+        <v>59.38</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="I27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:9" customHeight="1" ht="85">
       <c r="A28" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E28" s="3">
-        <v>580</v>
+        <v>80</v>
       </c>
       <c r="F28" s="3">
-        <v>551</v>
+        <v>74.40000000000001</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="I28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:9" customHeight="1" ht="85">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E29" s="3">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="F29" s="3">
-        <v>100.7</v>
+        <v>79.05</v>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:9" customHeight="1" ht="85">
       <c r="A30" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E30" s="3">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F30" s="3">
-        <v>57.95</v>
+        <v>74.40000000000001</v>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:9" customHeight="1" ht="85">
       <c r="A31" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="3">
-        <v>62.5</v>
+        <v>82</v>
       </c>
       <c r="F31" s="3">
-        <v>59.38</v>
+        <v>76.26000000000001</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:9" customHeight="1" ht="85">
       <c r="A32" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="3">
-        <v>80</v>
+        <v>45</v>
       </c>
       <c r="F32" s="3">
-        <v>74.40000000000001</v>
+        <v>41.4</v>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I32" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:9" customHeight="1" ht="85">
       <c r="A33" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="3">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="F33" s="3">
-        <v>79.05</v>
+        <v>41.4</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I33" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:9" customHeight="1" ht="85">
       <c r="A34" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="3">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="F34" s="3">
-        <v>74.40000000000001</v>
+        <v>81.88</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I34" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:9" customHeight="1" ht="85">
       <c r="A35" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="3">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="F35" s="3">
-        <v>76.26000000000001</v>
+        <v>46</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I35" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:9" customHeight="1" ht="85">
       <c r="A36" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="3">
         <v>231</v>
       </c>
       <c r="F36" s="3">
         <v>214.83</v>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" t="s">
         <v>31</v>
       </c>
       <c r="I36" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:9" customHeight="1" ht="85">
       <c r="A37" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="3">
         <v>168</v>
       </c>
       <c r="F37" s="3">
         <v>156.24</v>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" t="s">
         <v>31</v>
       </c>
       <c r="I37" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:9" customHeight="1" ht="85">
       <c r="A38" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="3">
         <v>53.75</v>
       </c>
       <c r="F38" s="3">
         <v>49.99</v>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" t="s">
         <v>102</v>
       </c>
       <c r="I38" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="39" spans="1:9" customHeight="1" ht="85">
       <c r="A39" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="3">
         <v>156</v>
       </c>
       <c r="F39" s="3">
         <v>145.08</v>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" t="s">
         <v>31</v>
       </c>
       <c r="I39" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:9" customHeight="1" ht="85">
       <c r="A40" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="3">
         <v>241</v>
       </c>
       <c r="F40" s="3">
         <v>224.13</v>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" t="s">
         <v>31</v>
       </c>
       <c r="I40" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:9" customHeight="1" ht="85">
       <c r="A41" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="3">
         <v>344</v>
       </c>
       <c r="F41" s="3">
         <v>319.92</v>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" t="s">
         <v>109</v>
       </c>
       <c r="I41" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:9" customHeight="1" ht="85">
       <c r="A42" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="3">
         <v>334</v>
       </c>
       <c r="F42" s="3">
         <v>310.62</v>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" t="s">
         <v>109</v>
       </c>
       <c r="I42" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="43" spans="1:9" customHeight="1" ht="85">
       <c r="A43" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E43" s="3">
         <v>163</v>
       </c>
       <c r="F43" s="3">
         <v>151.59</v>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" t="s">
         <v>31</v>
       </c>
       <c r="I43" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:9" customHeight="1" ht="85">
       <c r="A44" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E44" s="3">
         <v>158</v>
       </c>
       <c r="F44" s="3">
         <v>146.94</v>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" t="s">
         <v>31</v>
       </c>
       <c r="I44" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="45" spans="1:9" customHeight="1" ht="85">
       <c r="A45" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="3">
         <v>329</v>
       </c>
       <c r="F45" s="3">
         <v>305.97</v>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" t="s">
         <v>109</v>
       </c>
       <c r="I45" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:9" customHeight="1" ht="85">
       <c r="A46" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E46" s="3">
         <v>236</v>
       </c>
       <c r="F46" s="3">
         <v>219.48</v>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" t="s">
         <v>31</v>
       </c>
       <c r="I46" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:9" customHeight="1" ht="85">
       <c r="A47" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E47" s="3">
         <v>339</v>
       </c>
       <c r="F47" s="3">
         <v>315.27</v>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" t="s">
         <v>109</v>
       </c>
       <c r="I47" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:9" customHeight="1" ht="85">
       <c r="A48" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="3">
         <v>153</v>
       </c>
       <c r="F48" s="3">
         <v>142.29</v>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" t="s">
         <v>31</v>
       </c>
       <c r="I48" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:9" customHeight="1" ht="85">
       <c r="A49" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E49" s="3">
         <v>226</v>
       </c>
       <c r="F49" s="3">
         <v>210.18</v>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" t="s">
         <v>31</v>
       </c>
       <c r="I49" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:9" customHeight="1" ht="85">
       <c r="A50" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>128</v>
       </c>
       <c r="E50" s="3">
         <v>117</v>
       </c>
       <c r="F50" s="3">
         <v>111.15</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" t="s">
         <v>31</v>
       </c>
       <c r="I50" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:9" customHeight="1" ht="85">
       <c r="A51" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E51" s="3">
         <v>108</v>
       </c>
       <c r="F51" s="3">
         <v>97.2</v>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" t="s">
         <v>21</v>
       </c>
       <c r="I51" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:9" customHeight="1" ht="85">
       <c r="A52" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E52" s="3">
         <v>95</v>
       </c>
       <c r="F52" s="3">
         <v>85.5</v>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" t="s">
         <v>21</v>
       </c>
       <c r="I52" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:9" customHeight="1" ht="85">
       <c r="A53" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E53" s="3">
         <v>161</v>
       </c>
       <c r="F53" s="3">
         <v>144.9</v>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" t="s">
         <v>135</v>
       </c>
       <c r="I53" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:9" customHeight="1" ht="85">
       <c r="A54" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E54" s="3">
         <v>95</v>
       </c>
       <c r="F54" s="3">
         <v>85.5</v>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" t="s">
         <v>138</v>
       </c>
       <c r="I54" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:9" customHeight="1" ht="85">
       <c r="A55" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>140</v>
       </c>
       <c r="E55" s="3">
         <v>105</v>
       </c>
       <c r="F55" s="3">
         <v>94.5</v>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" t="s">
         <v>135</v>
       </c>
       <c r="I55" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:9" customHeight="1" ht="85">
       <c r="A56" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E56" s="3">
         <v>150</v>
       </c>
       <c r="F56" s="3">
         <v>135</v>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" t="s">
         <v>135</v>
       </c>
       <c r="I56" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:9" customHeight="1" ht="85">
       <c r="A57" s="1" t="s">
         <v>144</v>
@@ -18796,51 +18772,51 @@
         <v>158</v>
       </c>
       <c r="I61" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="62" spans="1:9" customHeight="1" ht="85">
       <c r="A62" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
         <v>160</v>
       </c>
       <c r="E62" s="3">
         <v>72</v>
       </c>
       <c r="F62" s="3">
         <v>68.40000000000001</v>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="I62" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="63" spans="1:9" customHeight="1" ht="85">
       <c r="A63" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1" t="s">
         <v>162</v>
       </c>
       <c r="E63" s="3">
         <v>57.9</v>
       </c>
       <c r="F63" s="3">
         <v>55.01</v>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" t="s">
         <v>163</v>
@@ -18946,51 +18922,51 @@
         <v>174</v>
       </c>
       <c r="I67" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:9" customHeight="1" ht="85">
       <c r="A68" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E68" s="3">
         <v>68.90000000000001</v>
       </c>
       <c r="F68" s="3">
         <v>65.45999999999999</v>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="I68" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="69" spans="1:9" customHeight="1" ht="85">
       <c r="A69" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E69" s="3">
         <v>90</v>
       </c>
       <c r="F69" s="3">
         <v>85.5</v>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" t="s">
         <v>168</v>
@@ -19064,14061 +19040,14086 @@
         <v>56</v>
       </c>
       <c r="F72" s="3">
         <v>53.2</v>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" t="s">
         <v>21</v>
       </c>
       <c r="I72" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:9" customHeight="1" ht="85">
       <c r="A73" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
         <v>186</v>
       </c>
       <c r="E73" s="3">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="F73" s="3">
-        <v>48.45</v>
+        <v>133.95</v>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" t="s">
         <v>21</v>
       </c>
       <c r="I73" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="74" spans="1:9" customHeight="1" ht="85">
       <c r="A74" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
         <v>188</v>
       </c>
       <c r="E74" s="3">
-        <v>167</v>
+        <v>51</v>
       </c>
       <c r="F74" s="3">
-        <v>158.65</v>
+        <v>48.45</v>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="I74" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:9" customHeight="1" ht="85">
       <c r="A75" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
         <v>190</v>
       </c>
       <c r="E75" s="3">
-        <v>63.9</v>
+        <v>167</v>
       </c>
       <c r="F75" s="3">
-        <v>60.71</v>
+        <v>158.65</v>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="I75" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="76" spans="1:9" customHeight="1" ht="85">
       <c r="A76" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>192</v>
       </c>
       <c r="E76" s="3">
-        <v>78</v>
+        <v>63.9</v>
       </c>
       <c r="F76" s="3">
-        <v>74.09999999999999</v>
+        <v>60.71</v>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" t="s">
         <v>158</v>
       </c>
       <c r="I76" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="77" spans="1:9" customHeight="1" ht="85">
       <c r="A77" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E77" s="3">
         <v>78</v>
       </c>
       <c r="F77" s="3">
         <v>74.09999999999999</v>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" t="s">
-        <v>70</v>
+        <v>158</v>
       </c>
       <c r="I77" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="78" spans="1:9" customHeight="1" ht="85">
       <c r="A78" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>196</v>
+        <v>156</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E78" s="3">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="F78" s="3">
-        <v>36.4</v>
+        <v>74.09999999999999</v>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" t="s">
-        <v>198</v>
+        <v>62</v>
       </c>
       <c r="I78" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="79" spans="1:9" customHeight="1" ht="85">
       <c r="A79" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E79" s="3">
         <v>40</v>
       </c>
       <c r="F79" s="3">
         <v>36.4</v>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I79" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="80" spans="1:9" customHeight="1" ht="85">
       <c r="A80" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
         <v>202</v>
       </c>
       <c r="E80" s="3">
         <v>40</v>
       </c>
       <c r="F80" s="3">
         <v>36.4</v>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" t="s">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="I80" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="81" spans="1:9" customHeight="1" ht="85">
       <c r="A81" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E81" s="3">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F81" s="3">
-        <v>37.31</v>
+        <v>36.4</v>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" t="s">
-        <v>198</v>
+        <v>46</v>
       </c>
       <c r="I81" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="82" spans="1:9" customHeight="1" ht="85">
       <c r="A82" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E82" s="3">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F82" s="3">
-        <v>36.4</v>
+        <v>37.31</v>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" t="s">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="I82" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="83" spans="1:9" customHeight="1" ht="85">
       <c r="A83" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E83" s="3">
         <v>40</v>
       </c>
       <c r="F83" s="3">
         <v>36.4</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I83" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="84" spans="1:9" customHeight="1" ht="85">
       <c r="A84" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E84" s="3">
-        <v>2.8</v>
+        <v>40</v>
       </c>
       <c r="F84" s="3">
-        <v>2.58</v>
+        <v>36.4</v>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="I84" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="85" spans="1:9" customHeight="1" ht="85">
       <c r="A85" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E85" s="3">
         <v>2.8</v>
       </c>
       <c r="F85" s="3">
         <v>2.58</v>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" t="s">
+        <v>102</v>
+      </c>
+      <c r="I85" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="86" spans="1:9" customHeight="1" ht="85">
       <c r="A86" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="E86" s="3">
         <v>2.8</v>
       </c>
       <c r="F86" s="3">
         <v>2.58</v>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="I86" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="87" spans="1:9" customHeight="1" ht="85">
       <c r="A87" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
         <v>218</v>
       </c>
       <c r="E87" s="3">
         <v>2.8</v>
       </c>
       <c r="F87" s="3">
         <v>2.58</v>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="I87" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="88" spans="1:9" customHeight="1" ht="85">
       <c r="A88" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
         <v>220</v>
       </c>
       <c r="E88" s="3">
-        <v>4.3</v>
+        <v>2.8</v>
       </c>
       <c r="F88" s="3">
-        <v>3.96</v>
+        <v>2.58</v>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" t="s">
         <v>24</v>
       </c>
       <c r="I88" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="89" spans="1:9" customHeight="1" ht="85">
       <c r="A89" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E89" s="3">
         <v>4.3</v>
       </c>
       <c r="F89" s="3">
         <v>3.96</v>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" t="s">
         <v>24</v>
       </c>
       <c r="I89" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="90" spans="1:9" customHeight="1" ht="85">
       <c r="A90" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E90" s="3">
-        <v>9</v>
+        <v>4.3</v>
       </c>
       <c r="F90" s="3">
-        <v>8.279999999999999</v>
+        <v>3.96</v>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="91" spans="1:9" customHeight="1" ht="85">
       <c r="A91" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E91" s="3">
         <v>9</v>
       </c>
       <c r="F91" s="3">
         <v>8.279999999999999</v>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I91" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="92" spans="1:9" customHeight="1" ht="85">
       <c r="A92" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E92" s="3">
         <v>9</v>
       </c>
       <c r="F92" s="3">
         <v>8.279999999999999</v>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I92" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:9" customHeight="1" ht="85">
       <c r="A93" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E93" s="3">
         <v>9</v>
       </c>
       <c r="F93" s="3">
         <v>8.279999999999999</v>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I93" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="94" spans="1:9" customHeight="1" ht="85">
       <c r="A94" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E94" s="3">
-        <v>12.7</v>
+        <v>9</v>
       </c>
       <c r="F94" s="3">
-        <v>11.68</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="I94" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="95" spans="1:9" customHeight="1" ht="85">
       <c r="A95" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E95" s="3">
         <v>12.7</v>
       </c>
       <c r="F95" s="3">
         <v>11.68</v>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" t="s">
         <v>21</v>
       </c>
       <c r="I95" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="96" spans="1:9" customHeight="1" ht="85">
       <c r="A96" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
         <v>237</v>
       </c>
       <c r="E96" s="3">
         <v>12.7</v>
       </c>
       <c r="F96" s="3">
         <v>11.68</v>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="I96" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="97" spans="1:9" customHeight="1" ht="85">
       <c r="A97" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
         <v>239</v>
       </c>
       <c r="E97" s="3">
         <v>12.7</v>
       </c>
       <c r="F97" s="3">
         <v>11.68</v>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" t="s">
+        <v>31</v>
+      </c>
+      <c r="I97" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="98" spans="1:9" customHeight="1" ht="85">
       <c r="A98" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E98" s="3">
-        <v>9</v>
+        <v>12.7</v>
       </c>
       <c r="F98" s="3">
-        <v>8.369999999999999</v>
+        <v>11.68</v>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" t="s">
+        <v>242</v>
+      </c>
+      <c r="I98" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="99" spans="1:9" customHeight="1" ht="85">
       <c r="A99" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E99" s="3">
-        <v>12.7</v>
+        <v>9</v>
       </c>
       <c r="F99" s="3">
-        <v>11.81</v>
+        <v>8.369999999999999</v>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" t="s">
-        <v>138</v>
+        <v>245</v>
       </c>
       <c r="I99" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="100" spans="1:9" customHeight="1" ht="85">
       <c r="A100" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E100" s="3">
         <v>12.7</v>
       </c>
       <c r="F100" s="3">
         <v>11.81</v>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" t="s">
+        <v>138</v>
+      </c>
+      <c r="I100" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="101" spans="1:9" customHeight="1" ht="85">
       <c r="A101" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="E101" s="3">
-        <v>9</v>
+        <v>12.7</v>
       </c>
       <c r="F101" s="3">
-        <v>8.369999999999999</v>
+        <v>11.81</v>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" t="s">
+        <v>250</v>
+      </c>
+      <c r="I101" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="102" spans="1:9" customHeight="1" ht="85">
       <c r="A102" s="1" t="s">
-        <v>253</v>
+        <v>144</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>254</v>
+        <v>212</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E102" s="3">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F102" s="3">
-        <v>20.9</v>
+        <v>8.369999999999999</v>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" t="s">
-        <v>24</v>
+        <v>253</v>
       </c>
       <c r="I102" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
     </row>
     <row r="103" spans="1:9" customHeight="1" ht="85">
       <c r="A103" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>257</v>
       </c>
       <c r="E103" s="3">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F103" s="3">
-        <v>19.95</v>
+        <v>20.9</v>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" t="s">
         <v>24</v>
       </c>
       <c r="I103" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="104" spans="1:9" customHeight="1" ht="85">
       <c r="A104" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
         <v>259</v>
       </c>
       <c r="E104" s="3">
-        <v>6.2</v>
+        <v>21</v>
       </c>
       <c r="F104" s="3">
-        <v>5.89</v>
+        <v>19.95</v>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" t="s">
+        <v>24</v>
+      </c>
+      <c r="I104" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="105" spans="1:9" customHeight="1" ht="85">
       <c r="A105" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E105" s="3">
-        <v>6.8</v>
+        <v>6.2</v>
       </c>
       <c r="F105" s="3">
-        <v>6.46</v>
+        <v>5.89</v>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I105" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="106" spans="1:9" customHeight="1" ht="85">
       <c r="A106" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E106" s="3">
-        <v>6.2</v>
+        <v>6.8</v>
       </c>
       <c r="F106" s="3">
-        <v>5.89</v>
+        <v>6.46</v>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I106" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:9" customHeight="1" ht="85">
       <c r="A107" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
         <v>266</v>
       </c>
       <c r="E107" s="3">
         <v>6.2</v>
       </c>
       <c r="F107" s="3">
         <v>5.89</v>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I107" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="108" spans="1:9" customHeight="1" ht="85">
       <c r="A108" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E108" s="3">
-        <v>5.3</v>
+        <v>6.2</v>
       </c>
       <c r="F108" s="3">
-        <v>5.04</v>
+        <v>5.89</v>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I108" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="109" spans="1:9" customHeight="1" ht="85">
       <c r="A109" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>270</v>
       </c>
       <c r="E109" s="3">
         <v>5.3</v>
       </c>
       <c r="F109" s="3">
         <v>5.04</v>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I109" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="110" spans="1:9" customHeight="1" ht="85">
       <c r="A110" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="E110" s="3">
-        <v>110</v>
+        <v>5.3</v>
       </c>
       <c r="F110" s="3">
-        <v>104.5</v>
+        <v>5.04</v>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" t="s">
-        <v>21</v>
+        <v>262</v>
       </c>
       <c r="I110" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="111" spans="1:9" customHeight="1" ht="85">
       <c r="A111" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
         <v>275</v>
       </c>
       <c r="E111" s="3">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="F111" s="3">
-        <v>138.7</v>
+        <v>104.5</v>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="I111" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="112" spans="1:9" customHeight="1" ht="85">
       <c r="A112" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
         <v>277</v>
       </c>
       <c r="E112" s="3">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F112" s="3">
-        <v>137.75</v>
+        <v>138.7</v>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" t="s">
         <v>135</v>
       </c>
       <c r="I112" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="113" spans="1:9" customHeight="1" ht="85">
       <c r="A113" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
         <v>279</v>
       </c>
       <c r="E113" s="3">
         <v>145</v>
       </c>
       <c r="F113" s="3">
         <v>137.75</v>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" t="s">
         <v>135</v>
       </c>
       <c r="I113" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:9" customHeight="1" ht="85">
       <c r="A114" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
         <v>281</v>
       </c>
       <c r="E114" s="3">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="F114" s="3">
-        <v>64.61</v>
+        <v>137.75</v>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" t="s">
+        <v>135</v>
+      </c>
+      <c r="I114" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="115" spans="1:9" customHeight="1" ht="85">
       <c r="A115" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C115" s="1"/>
       <c r="D115" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E115" s="3">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="F115" s="3">
-        <v>27.3</v>
+        <v>64.61</v>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" t="s">
-        <v>36</v>
+        <v>284</v>
       </c>
       <c r="I115" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="116" spans="1:9" customHeight="1" ht="85">
       <c r="A116" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C116" s="1"/>
       <c r="D116" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E116" s="3">
         <v>30</v>
       </c>
       <c r="F116" s="3">
         <v>27.3</v>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I116" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="117" spans="1:9" customHeight="1" ht="85">
       <c r="A117" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C117" s="1"/>
       <c r="D117" s="1" t="s">
         <v>288</v>
       </c>
       <c r="E117" s="3">
         <v>30</v>
       </c>
       <c r="F117" s="3">
         <v>27.3</v>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" t="s">
-        <v>225</v>
+        <v>46</v>
       </c>
       <c r="I117" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="118" spans="1:9" customHeight="1" ht="85">
       <c r="A118" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C118" s="1"/>
       <c r="D118" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E118" s="3">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="F118" s="3">
-        <v>64.61</v>
+        <v>27.3</v>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I118" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="119" spans="1:9" customHeight="1" ht="85">
       <c r="A119" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C119" s="1"/>
       <c r="D119" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E119" s="3">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="F119" s="3">
-        <v>10.23</v>
+        <v>64.61</v>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I119" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="120" spans="1:9" customHeight="1" ht="85">
       <c r="A120" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C120" s="1"/>
       <c r="D120" s="1" t="s">
         <v>294</v>
       </c>
       <c r="E120" s="3">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F120" s="3">
-        <v>2.79</v>
+        <v>10.23</v>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" t="s">
-        <v>154</v>
+        <v>227</v>
       </c>
       <c r="I120" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="121" spans="1:9" customHeight="1" ht="85">
       <c r="A121" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C121" s="1"/>
       <c r="D121" s="1" t="s">
         <v>296</v>
       </c>
       <c r="E121" s="3">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F121" s="3">
-        <v>10.23</v>
+        <v>2.79</v>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" t="s">
-        <v>225</v>
+        <v>154</v>
       </c>
       <c r="I121" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="122" spans="1:9" customHeight="1" ht="85">
       <c r="A122" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C122" s="1"/>
       <c r="D122" s="1" t="s">
         <v>298</v>
       </c>
       <c r="E122" s="3">
         <v>11</v>
       </c>
       <c r="F122" s="3">
         <v>10.23</v>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I122" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="123" spans="1:9" customHeight="1" ht="85">
       <c r="A123" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C123" s="1"/>
       <c r="D123" s="1" t="s">
         <v>300</v>
       </c>
       <c r="E123" s="3">
-        <v>98</v>
+        <v>11</v>
       </c>
       <c r="F123" s="3">
-        <v>90.16</v>
+        <v>10.23</v>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" t="s">
+        <v>227</v>
+      </c>
+      <c r="I123" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="124" spans="1:9" customHeight="1" ht="85">
       <c r="A124" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" s="1" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="E124" s="3">
-        <v>3</v>
+        <v>98</v>
       </c>
       <c r="F124" s="3">
-        <v>2.76</v>
+        <v>90.16</v>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" t="s">
-        <v>154</v>
+        <v>303</v>
       </c>
       <c r="I124" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
     <row r="125" spans="1:9" customHeight="1" ht="85">
       <c r="A125" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C125" s="1"/>
       <c r="D125" s="1" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="E125" s="3">
-        <v>78</v>
+        <v>3</v>
       </c>
       <c r="F125" s="3">
-        <v>71.76000000000001</v>
+        <v>2.76</v>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" t="s">
-        <v>301</v>
+        <v>154</v>
       </c>
       <c r="I125" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
     </row>
     <row r="126" spans="1:9" customHeight="1" ht="85">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C126" s="1"/>
       <c r="D126" s="1" t="s">
         <v>305</v>
       </c>
       <c r="E126" s="3">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="F126" s="3">
-        <v>90.16</v>
+        <v>71.76000000000001</v>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="I126" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="127" spans="1:9" customHeight="1" ht="85">
       <c r="A127" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C127" s="1"/>
       <c r="D127" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E127" s="3">
         <v>98</v>
       </c>
       <c r="F127" s="3">
         <v>90.16</v>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="I127" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="128" spans="1:9" customHeight="1" ht="85">
       <c r="A128" s="1" t="s">
-        <v>309</v>
+        <v>255</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>210</v>
+        <v>274</v>
       </c>
       <c r="C128" s="1"/>
       <c r="D128" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="E128" s="3">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="F128" s="3">
-        <v>12.35</v>
+        <v>90.16</v>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" t="s">
-        <v>102</v>
+        <v>303</v>
       </c>
       <c r="I128" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:9" customHeight="1" ht="85">
       <c r="A129" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C129" s="1"/>
       <c r="D129" s="1" t="s">
         <v>312</v>
       </c>
       <c r="E129" s="3">
         <v>13</v>
       </c>
       <c r="F129" s="3">
         <v>12.35</v>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" t="s">
         <v>102</v>
       </c>
       <c r="I129" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="130" spans="1:9" customHeight="1" ht="85">
       <c r="A130" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C130" s="1"/>
       <c r="D130" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E130" s="3">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F130" s="3">
-        <v>21.85</v>
+        <v>12.35</v>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="I130" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="131" spans="1:9" customHeight="1" ht="85">
       <c r="A131" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>309</v>
+        <v>212</v>
       </c>
       <c r="C131" s="1"/>
       <c r="D131" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E131" s="3">
-        <v>16.6</v>
+        <v>23</v>
       </c>
       <c r="F131" s="3">
-        <v>15.11</v>
+        <v>21.85</v>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" t="s">
+        <v>31</v>
+      </c>
+      <c r="I131" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="132" spans="1:9" customHeight="1" ht="85">
       <c r="A132" s="1" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="C132" s="1"/>
       <c r="D132" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E132" s="3">
-        <v>78</v>
+        <v>16.6</v>
       </c>
       <c r="F132" s="3">
-        <v>74.09999999999999</v>
+        <v>15.11</v>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="I132" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:9" customHeight="1" ht="85">
       <c r="A133" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C133" s="1"/>
       <c r="D133" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E133" s="3">
-        <v>57.5</v>
+        <v>78</v>
       </c>
       <c r="F133" s="3">
-        <v>54.63</v>
+        <v>74.09999999999999</v>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" t="s">
-        <v>31</v>
+        <v>323</v>
       </c>
       <c r="I133" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="134" spans="1:9" customHeight="1" ht="85">
       <c r="A134" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C134" s="1"/>
       <c r="D134" s="1" t="s">
         <v>325</v>
       </c>
       <c r="E134" s="3">
-        <v>68.7</v>
+        <v>57.5</v>
       </c>
       <c r="F134" s="3">
-        <v>65.27</v>
+        <v>54.63</v>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I134" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="135" spans="1:9" customHeight="1" ht="85">
       <c r="A135" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C135" s="1"/>
       <c r="D135" s="1" t="s">
         <v>327</v>
       </c>
       <c r="E135" s="3">
-        <v>66.2</v>
+        <v>68.7</v>
       </c>
       <c r="F135" s="3">
-        <v>62.89</v>
+        <v>65.27</v>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="I135" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="136" spans="1:9" customHeight="1" ht="85">
       <c r="A136" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C136" s="1"/>
       <c r="D136" s="1" t="s">
         <v>329</v>
       </c>
       <c r="E136" s="3">
-        <v>61</v>
+        <v>66.2</v>
       </c>
       <c r="F136" s="3">
-        <v>57.95</v>
+        <v>62.89</v>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" t="s">
         <v>31</v>
       </c>
       <c r="I136" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="137" spans="1:9" customHeight="1" ht="85">
       <c r="A137" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C137" s="1"/>
       <c r="D137" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E137" s="3">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F137" s="3">
-        <v>66.5</v>
+        <v>57.95</v>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" t="s">
         <v>31</v>
       </c>
       <c r="I137" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="138" spans="1:9" customHeight="1" ht="85">
       <c r="A138" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C138" s="1"/>
       <c r="D138" s="1" t="s">
         <v>333</v>
       </c>
       <c r="E138" s="3">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="F138" s="3">
-        <v>32.3</v>
+        <v>66.5</v>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="I138" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="139" spans="1:9" customHeight="1" ht="85">
       <c r="A139" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C139" s="1"/>
       <c r="D139" s="1" t="s">
         <v>335</v>
       </c>
       <c r="E139" s="3">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F139" s="3">
-        <v>39.9</v>
+        <v>32.3</v>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="I139" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="140" spans="1:9" customHeight="1" ht="85">
       <c r="A140" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C140" s="1"/>
       <c r="D140" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E140" s="3">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="F140" s="3">
-        <v>52.25</v>
+        <v>39.9</v>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="I140" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="141" spans="1:9" customHeight="1" ht="85">
       <c r="A141" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C141" s="1"/>
       <c r="D141" s="1" t="s">
         <v>339</v>
       </c>
       <c r="E141" s="3">
-        <v>57.5</v>
+        <v>55</v>
       </c>
       <c r="F141" s="3">
-        <v>54.63</v>
+        <v>52.25</v>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" t="s">
         <v>21</v>
       </c>
       <c r="I141" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="142" spans="1:9" customHeight="1" ht="85">
       <c r="A142" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C142" s="1"/>
       <c r="D142" s="1" t="s">
         <v>341</v>
       </c>
       <c r="E142" s="3">
-        <v>58.5</v>
+        <v>57.5</v>
       </c>
       <c r="F142" s="3">
-        <v>55.58</v>
+        <v>54.63</v>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" t="s">
         <v>21</v>
       </c>
       <c r="I142" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="143" spans="1:9" customHeight="1" ht="85">
       <c r="A143" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C143" s="1"/>
       <c r="D143" s="1" t="s">
         <v>343</v>
       </c>
       <c r="E143" s="3">
-        <v>165</v>
+        <v>58.5</v>
       </c>
       <c r="F143" s="3">
-        <v>153.45</v>
+        <v>55.58</v>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" t="s">
+        <v>21</v>
+      </c>
+      <c r="I143" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="144" spans="1:9" customHeight="1" ht="85">
       <c r="A144" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C144" s="1"/>
       <c r="D144" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="E144" s="3">
-        <v>192</v>
+        <v>165</v>
       </c>
       <c r="F144" s="3">
-        <v>178.56</v>
+        <v>153.45</v>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I144" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="145" spans="1:9" customHeight="1" ht="85">
       <c r="A145" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C145" s="1"/>
       <c r="D145" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E145" s="3">
-        <v>153</v>
+        <v>192</v>
       </c>
       <c r="F145" s="3">
-        <v>142.29</v>
+        <v>178.56</v>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I145" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="146" spans="1:9" customHeight="1" ht="85">
       <c r="A146" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>350</v>
+        <v>321</v>
       </c>
       <c r="C146" s="1"/>
       <c r="D146" s="1" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="E146" s="3">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="F146" s="3">
-        <v>40.85</v>
+        <v>142.29</v>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" t="s">
-        <v>251</v>
+        <v>346</v>
       </c>
       <c r="I146" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="147" spans="1:9" customHeight="1" ht="85">
       <c r="A147" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E147" s="3">
-        <v>40.5</v>
+        <v>43</v>
       </c>
       <c r="F147" s="3">
-        <v>38.48</v>
+        <v>40.85</v>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="I147" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="148" spans="1:9" customHeight="1" ht="85">
       <c r="A148" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" s="1" t="s">
         <v>355</v>
       </c>
       <c r="E148" s="3">
-        <v>38</v>
+        <v>40.5</v>
       </c>
       <c r="F148" s="3">
-        <v>36.1</v>
+        <v>38.48</v>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="I148" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="149" spans="1:9" customHeight="1" ht="85">
       <c r="A149" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
         <v>357</v>
       </c>
       <c r="E149" s="3">
-        <v>41.5</v>
+        <v>38</v>
       </c>
       <c r="F149" s="3">
-        <v>39.43</v>
+        <v>36.1</v>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I149" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="150" spans="1:9" customHeight="1" ht="85">
       <c r="A150" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C150" s="1"/>
       <c r="D150" s="1" t="s">
         <v>359</v>
       </c>
       <c r="E150" s="3">
-        <v>21</v>
+        <v>41.5</v>
       </c>
       <c r="F150" s="3">
-        <v>19.95</v>
+        <v>39.43</v>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="I150" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="151" spans="1:9" customHeight="1" ht="85">
       <c r="A151" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
         <v>361</v>
       </c>
       <c r="E151" s="3">
-        <v>26.8</v>
+        <v>21</v>
       </c>
       <c r="F151" s="3">
-        <v>25.46</v>
+        <v>19.95</v>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" t="s">
         <v>102</v>
       </c>
       <c r="I151" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="152" spans="1:9" customHeight="1" ht="85">
       <c r="A152" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>319</v>
+        <v>352</v>
       </c>
       <c r="C152" s="1"/>
       <c r="D152" s="1" t="s">
         <v>363</v>
       </c>
       <c r="E152" s="3">
-        <v>193</v>
+        <v>26.8</v>
       </c>
       <c r="F152" s="3">
-        <v>179.49</v>
+        <v>25.46</v>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="I152" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="153" spans="1:9" customHeight="1" ht="85">
       <c r="A153" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C153" s="1"/>
       <c r="D153" s="1" t="s">
         <v>365</v>
       </c>
       <c r="E153" s="3">
-        <v>175</v>
+        <v>193</v>
       </c>
       <c r="F153" s="3">
-        <v>162.75</v>
+        <v>179.49</v>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" t="s">
         <v>109</v>
       </c>
       <c r="I153" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="154" spans="1:9" customHeight="1" ht="85">
       <c r="A154" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C154" s="1"/>
       <c r="D154" s="1" t="s">
         <v>367</v>
       </c>
       <c r="E154" s="3">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="F154" s="3">
-        <v>134.85</v>
+        <v>162.75</v>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" t="s">
         <v>109</v>
       </c>
       <c r="I154" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="155" spans="1:9" customHeight="1" ht="85">
       <c r="A155" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C155" s="1"/>
       <c r="D155" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E155" s="3">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="F155" s="3">
-        <v>127.41</v>
+        <v>134.85</v>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" t="s">
         <v>109</v>
       </c>
       <c r="I155" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="156" spans="1:9" customHeight="1" ht="85">
       <c r="A156" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C156" s="1"/>
       <c r="D156" s="1" t="s">
         <v>371</v>
       </c>
       <c r="E156" s="3">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F156" s="3">
-        <v>122.76</v>
+        <v>127.41</v>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" t="s">
         <v>109</v>
       </c>
       <c r="I156" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="157" spans="1:9" customHeight="1" ht="85">
       <c r="A157" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C157" s="1"/>
       <c r="D157" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E157" s="3">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="F157" s="3">
-        <v>86.48999999999999</v>
+        <v>122.76</v>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" t="s">
+        <v>109</v>
+      </c>
+      <c r="I157" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="158" spans="1:9" customHeight="1" ht="85">
       <c r="A158" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C158" s="1"/>
       <c r="D158" s="1" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="E158" s="3">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="F158" s="3">
-        <v>58.88</v>
+        <v>86.48999999999999</v>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" t="s">
-        <v>45</v>
+        <v>376</v>
       </c>
       <c r="I158" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="159" spans="1:9" customHeight="1" ht="85">
       <c r="A159" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C159" s="1"/>
       <c r="D159" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E159" s="3">
-        <v>122</v>
+        <v>64</v>
       </c>
       <c r="F159" s="3">
-        <v>112.24</v>
+        <v>58.88</v>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I159" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="160" spans="1:9" customHeight="1" ht="85">
       <c r="A160" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C160" s="1"/>
       <c r="D160" s="1" t="s">
         <v>380</v>
       </c>
       <c r="E160" s="3">
-        <v>166</v>
+        <v>122</v>
       </c>
       <c r="F160" s="3">
-        <v>152.72</v>
+        <v>112.24</v>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I160" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="161" spans="1:9" customHeight="1" ht="85">
       <c r="A161" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E161" s="3">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="F161" s="3">
-        <v>140.76</v>
+        <v>152.72</v>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I161" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="162" spans="1:9" customHeight="1" ht="85">
       <c r="A162" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C162" s="1"/>
       <c r="D162" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E162" s="3">
-        <v>109</v>
+        <v>153</v>
       </c>
       <c r="F162" s="3">
-        <v>100.28</v>
+        <v>140.76</v>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I162" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="163" spans="1:9" customHeight="1" ht="85">
       <c r="A163" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C163" s="1"/>
       <c r="D163" s="1" t="s">
         <v>386</v>
       </c>
       <c r="E163" s="3">
-        <v>164</v>
+        <v>109</v>
       </c>
       <c r="F163" s="3">
-        <v>150.88</v>
+        <v>100.28</v>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" t="s">
         <v>36</v>
       </c>
       <c r="I163" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="164" spans="1:9" customHeight="1" ht="85">
       <c r="A164" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C164" s="1"/>
       <c r="D164" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E164" s="3">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F164" s="3">
-        <v>149.04</v>
+        <v>150.88</v>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I164" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="165" spans="1:9" customHeight="1" ht="85">
       <c r="A165" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C165" s="1"/>
       <c r="D165" s="1" t="s">
         <v>390</v>
       </c>
       <c r="E165" s="3">
-        <v>34</v>
+        <v>162</v>
       </c>
       <c r="F165" s="3">
-        <v>32.3</v>
+        <v>149.04</v>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="I165" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="166" spans="1:9" customHeight="1" ht="85">
       <c r="A166" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C166" s="1"/>
       <c r="D166" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E166" s="3">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F166" s="3">
-        <v>39.9</v>
+        <v>32.3</v>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" t="s">
         <v>154</v>
       </c>
       <c r="I166" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="167" spans="1:9" customHeight="1" ht="85">
       <c r="A167" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C167" s="1"/>
       <c r="D167" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E167" s="3">
-        <v>164.5</v>
+        <v>42</v>
       </c>
       <c r="F167" s="3">
-        <v>149.7</v>
+        <v>39.9</v>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" t="s">
-        <v>65</v>
+        <v>154</v>
       </c>
       <c r="I167" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="168" spans="1:9" customHeight="1" ht="85">
       <c r="A168" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C168" s="1"/>
       <c r="D168" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E168" s="3">
-        <v>158.5</v>
+        <v>164.5</v>
       </c>
       <c r="F168" s="3">
-        <v>144.24</v>
+        <v>149.7</v>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" t="s">
-        <v>344</v>
+        <v>57</v>
       </c>
       <c r="I168" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="169" spans="1:9" customHeight="1" ht="85">
       <c r="A169" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C169" s="1"/>
       <c r="D169" s="1" t="s">
         <v>398</v>
       </c>
       <c r="E169" s="3">
-        <v>145.5</v>
+        <v>158.5</v>
       </c>
       <c r="F169" s="3">
-        <v>132.41</v>
+        <v>144.24</v>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" t="s">
-        <v>31</v>
+        <v>346</v>
       </c>
       <c r="I169" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="170" spans="1:9" customHeight="1" ht="85">
       <c r="A170" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C170" s="1"/>
       <c r="D170" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E170" s="3">
-        <v>141.5</v>
+        <v>145.5</v>
       </c>
       <c r="F170" s="3">
-        <v>128.77</v>
+        <v>132.41</v>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" t="s">
         <v>31</v>
       </c>
       <c r="I170" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="171" spans="1:9" customHeight="1" ht="85">
       <c r="A171" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C171" s="1"/>
       <c r="D171" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E171" s="3">
-        <v>133</v>
+        <v>141.5</v>
       </c>
       <c r="F171" s="3">
-        <v>121.03</v>
+        <v>128.77</v>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" t="s">
-        <v>251</v>
+        <v>31</v>
       </c>
       <c r="I171" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="172" spans="1:9" customHeight="1" ht="85">
       <c r="A172" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C172" s="1"/>
       <c r="D172" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E172" s="3">
-        <v>147.5</v>
+        <v>133</v>
       </c>
       <c r="F172" s="3">
-        <v>134.23</v>
+        <v>121.03</v>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" t="s">
-        <v>171</v>
+        <v>253</v>
       </c>
       <c r="I172" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="173" spans="1:9" customHeight="1" ht="85">
       <c r="A173" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C173" s="1"/>
       <c r="D173" s="1" t="s">
         <v>406</v>
       </c>
       <c r="E173" s="3">
-        <v>149.5</v>
+        <v>147.5</v>
       </c>
       <c r="F173" s="3">
-        <v>136.05</v>
+        <v>134.23</v>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="I173" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="174" spans="1:9" customHeight="1" ht="85">
       <c r="A174" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C174" s="1"/>
       <c r="D174" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E174" s="3">
-        <v>151.5</v>
+        <v>149.5</v>
       </c>
       <c r="F174" s="3">
-        <v>137.87</v>
+        <v>136.05</v>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" t="s">
-        <v>109</v>
+        <v>168</v>
       </c>
       <c r="I174" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="175" spans="1:9" customHeight="1" ht="85">
       <c r="A175" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C175" s="1"/>
       <c r="D175" s="1" t="s">
         <v>410</v>
       </c>
       <c r="E175" s="3">
-        <v>164.5</v>
+        <v>151.5</v>
       </c>
       <c r="F175" s="3">
-        <v>149.7</v>
+        <v>137.87</v>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" t="s">
+        <v>109</v>
+      </c>
+      <c r="I175" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="176" spans="1:9" customHeight="1" ht="85">
       <c r="A176" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C176" s="1"/>
       <c r="D176" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E176" s="3">
-        <v>135.5</v>
+        <v>164.5</v>
       </c>
       <c r="F176" s="3">
-        <v>124.66</v>
+        <v>149.7</v>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" t="s">
-        <v>321</v>
+        <v>413</v>
       </c>
       <c r="I176" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="177" spans="1:9" customHeight="1" ht="85">
       <c r="A177" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C177" s="1"/>
       <c r="D177" s="1" t="s">
         <v>415</v>
       </c>
       <c r="E177" s="3">
-        <v>145.5</v>
+        <v>135.5</v>
       </c>
       <c r="F177" s="3">
-        <v>133.86</v>
+        <v>124.66</v>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I177" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="178" spans="1:9" customHeight="1" ht="85">
       <c r="A178" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C178" s="1"/>
       <c r="D178" s="1" t="s">
         <v>417</v>
       </c>
       <c r="E178" s="3">
-        <v>133</v>
+        <v>145.5</v>
       </c>
       <c r="F178" s="3">
-        <v>122.36</v>
+        <v>133.86</v>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" t="s">
+        <v>323</v>
+      </c>
+      <c r="I178" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="179" spans="1:9" customHeight="1" ht="85">
       <c r="A179" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C179" s="1"/>
       <c r="D179" s="1" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="E179" s="3">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="F179" s="3">
-        <v>103.04</v>
+        <v>122.36</v>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" t="s">
-        <v>45</v>
+        <v>420</v>
       </c>
       <c r="I179" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="180" spans="1:9" customHeight="1" ht="85">
       <c r="A180" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C180" s="1"/>
       <c r="D180" s="1" t="s">
         <v>422</v>
       </c>
       <c r="E180" s="3">
-        <v>72</v>
+        <v>112</v>
       </c>
       <c r="F180" s="3">
-        <v>66.23999999999999</v>
+        <v>103.04</v>
       </c>
       <c r="G180" s="3"/>
       <c r="H180" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="I180" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="181" spans="1:9" customHeight="1" ht="85">
       <c r="A181" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C181" s="1"/>
       <c r="D181" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E181" s="3">
-        <v>156.5</v>
+        <v>72</v>
       </c>
       <c r="F181" s="3">
-        <v>143.98</v>
+        <v>66.23999999999999</v>
       </c>
       <c r="G181" s="3"/>
       <c r="H181" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="I181" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="182" spans="1:9" customHeight="1" ht="85">
       <c r="A182" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C182" s="1"/>
       <c r="D182" s="1" t="s">
         <v>426</v>
       </c>
       <c r="E182" s="3">
-        <v>85</v>
+        <v>156.5</v>
       </c>
       <c r="F182" s="3">
-        <v>78.2</v>
+        <v>143.98</v>
       </c>
       <c r="G182" s="3"/>
       <c r="H182" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="I182" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="183" spans="1:9" customHeight="1" ht="85">
       <c r="A183" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C183" s="1"/>
       <c r="D183" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E183" s="3">
-        <v>146.5</v>
+        <v>85</v>
       </c>
       <c r="F183" s="3">
-        <v>134.78</v>
+        <v>78.2</v>
       </c>
       <c r="G183" s="3"/>
       <c r="H183" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="I183" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="184" spans="1:9" customHeight="1" ht="85">
       <c r="A184" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C184" s="1"/>
       <c r="D184" s="1" t="s">
         <v>430</v>
       </c>
       <c r="E184" s="3">
-        <v>143.9</v>
+        <v>146.5</v>
       </c>
       <c r="F184" s="3">
-        <v>132.39</v>
+        <v>134.78</v>
       </c>
       <c r="G184" s="3"/>
       <c r="H184" t="s">
-        <v>31</v>
+        <v>168</v>
       </c>
       <c r="I184" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="185" spans="1:9" customHeight="1" ht="85">
       <c r="A185" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C185" s="1"/>
       <c r="D185" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E185" s="3">
-        <v>123</v>
+        <v>143.9</v>
       </c>
       <c r="F185" s="3">
-        <v>113.16</v>
+        <v>132.39</v>
       </c>
       <c r="G185" s="3"/>
       <c r="H185" t="s">
-        <v>301</v>
+        <v>31</v>
       </c>
       <c r="I185" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="186" spans="1:9" customHeight="1" ht="85">
       <c r="A186" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>434</v>
+        <v>321</v>
       </c>
       <c r="C186" s="1"/>
       <c r="D186" s="1" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="E186" s="3">
-        <v>38</v>
+        <v>123</v>
       </c>
       <c r="F186" s="3">
-        <v>35.34</v>
+        <v>113.16</v>
       </c>
       <c r="G186" s="3"/>
       <c r="H186" t="s">
-        <v>102</v>
+        <v>303</v>
       </c>
       <c r="I186" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="187" spans="1:9" customHeight="1" ht="85">
       <c r="A187" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C187" s="1"/>
       <c r="D187" s="1" t="s">
         <v>437</v>
       </c>
       <c r="E187" s="3">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F187" s="3">
-        <v>25.11</v>
+        <v>35.34</v>
       </c>
       <c r="G187" s="3"/>
       <c r="H187" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="I187" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="188" spans="1:9" customHeight="1" ht="85">
       <c r="A188" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C188" s="1"/>
       <c r="D188" s="1" t="s">
         <v>439</v>
       </c>
       <c r="E188" s="3">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F188" s="3">
-        <v>41.85</v>
+        <v>25.11</v>
       </c>
       <c r="G188" s="3"/>
       <c r="H188" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="I188" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="189" spans="1:9" customHeight="1" ht="85">
       <c r="A189" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C189" s="1"/>
       <c r="D189" s="1" t="s">
         <v>441</v>
       </c>
       <c r="E189" s="3">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F189" s="3">
-        <v>46.5</v>
+        <v>41.85</v>
       </c>
       <c r="G189" s="3"/>
       <c r="H189" t="s">
-        <v>31</v>
+        <v>135</v>
       </c>
       <c r="I189" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="190" spans="1:9" customHeight="1" ht="85">
       <c r="A190" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C190" s="1"/>
       <c r="D190" s="1" t="s">
         <v>443</v>
       </c>
       <c r="E190" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="F190" s="3">
-        <v>55.8</v>
+        <v>46.5</v>
       </c>
       <c r="G190" s="3"/>
       <c r="H190" t="s">
-        <v>70</v>
+        <v>31</v>
       </c>
       <c r="I190" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="191" spans="1:9" customHeight="1" ht="85">
       <c r="A191" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C191" s="1"/>
       <c r="D191" s="1" t="s">
         <v>445</v>
       </c>
       <c r="E191" s="3">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="F191" s="3">
-        <v>2.79</v>
+        <v>55.8</v>
       </c>
       <c r="G191" s="3"/>
       <c r="H191" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="I191" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="192" spans="1:9" customHeight="1" ht="85">
       <c r="A192" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C192" s="1"/>
       <c r="D192" s="1" t="s">
         <v>447</v>
       </c>
       <c r="E192" s="3">
-        <v>5.6</v>
+        <v>3</v>
       </c>
       <c r="F192" s="3">
-        <v>5.1</v>
+        <v>2.79</v>
       </c>
       <c r="G192" s="3"/>
       <c r="H192" t="s">
+        <v>102</v>
+      </c>
+      <c r="I192" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="193" spans="1:9" customHeight="1" ht="85">
       <c r="A193" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C193" s="1"/>
       <c r="D193" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="E193" s="3">
         <v>5.6</v>
       </c>
       <c r="F193" s="3">
         <v>5.1</v>
       </c>
       <c r="G193" s="3"/>
       <c r="H193" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I193" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="194" spans="1:9" customHeight="1" ht="85">
       <c r="A194" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C194" s="1"/>
       <c r="D194" s="1" t="s">
         <v>452</v>
       </c>
       <c r="E194" s="3">
         <v>5.6</v>
       </c>
       <c r="F194" s="3">
         <v>5.1</v>
       </c>
       <c r="G194" s="3"/>
       <c r="H194" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I194" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="195" spans="1:9" customHeight="1" ht="85">
       <c r="A195" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C195" s="1"/>
       <c r="D195" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E195" s="3">
-        <v>4</v>
+        <v>5.6</v>
       </c>
       <c r="F195" s="3">
-        <v>3.64</v>
+        <v>5.1</v>
       </c>
       <c r="G195" s="3"/>
       <c r="H195" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I195" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="196" spans="1:9" customHeight="1" ht="85">
       <c r="A196" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C196" s="1"/>
       <c r="D196" s="1" t="s">
         <v>456</v>
       </c>
       <c r="E196" s="3">
-        <v>3.85</v>
+        <v>4</v>
       </c>
       <c r="F196" s="3">
-        <v>3.5</v>
+        <v>3.64</v>
       </c>
       <c r="G196" s="3"/>
       <c r="H196" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I196" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="197" spans="1:9" customHeight="1" ht="85">
       <c r="A197" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C197" s="1"/>
       <c r="D197" s="1" t="s">
         <v>458</v>
       </c>
       <c r="E197" s="3">
         <v>3.85</v>
       </c>
       <c r="F197" s="3">
         <v>3.5</v>
       </c>
       <c r="G197" s="3"/>
       <c r="H197" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I197" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="198" spans="1:9" customHeight="1" ht="85">
       <c r="A198" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C198" s="1"/>
       <c r="D198" s="1" t="s">
         <v>460</v>
       </c>
       <c r="E198" s="3">
-        <v>4</v>
+        <v>3.85</v>
       </c>
       <c r="F198" s="3">
-        <v>3.64</v>
+        <v>3.5</v>
       </c>
       <c r="G198" s="3"/>
       <c r="H198" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I198" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="199" spans="1:9" customHeight="1" ht="85">
       <c r="A199" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C199" s="1"/>
       <c r="D199" s="1" t="s">
         <v>462</v>
       </c>
       <c r="E199" s="3">
-        <v>3.85</v>
+        <v>4</v>
       </c>
       <c r="F199" s="3">
-        <v>3.5</v>
+        <v>3.64</v>
       </c>
       <c r="G199" s="3"/>
       <c r="H199" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I199" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="200" spans="1:9" customHeight="1" ht="85">
       <c r="A200" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C200" s="1"/>
       <c r="D200" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E200" s="3">
-        <v>0.23</v>
+        <v>3.85</v>
       </c>
       <c r="F200" s="3">
-        <v>0.21</v>
+        <v>3.5</v>
       </c>
       <c r="G200" s="3"/>
       <c r="H200" t="s">
+        <v>450</v>
+      </c>
+      <c r="I200" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="201" spans="1:9" customHeight="1" ht="85">
       <c r="A201" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C201" s="1"/>
       <c r="D201" s="1" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="E201" s="3">
         <v>0.23</v>
       </c>
       <c r="F201" s="3">
         <v>0.21</v>
       </c>
       <c r="G201" s="3"/>
       <c r="H201" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I201" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="202" spans="1:9" customHeight="1" ht="85">
       <c r="A202" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C202" s="1"/>
       <c r="D202" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E202" s="3">
         <v>0.23</v>
       </c>
       <c r="F202" s="3">
         <v>0.21</v>
       </c>
       <c r="G202" s="3"/>
       <c r="H202" t="s">
+        <v>467</v>
+      </c>
+      <c r="I202" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="203" spans="1:9" customHeight="1" ht="85">
       <c r="A203" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C203" s="1"/>
       <c r="D203" s="1" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="E203" s="3">
         <v>0.23</v>
       </c>
       <c r="F203" s="3">
         <v>0.21</v>
       </c>
       <c r="G203" s="3"/>
       <c r="H203" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="I203" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="204" spans="1:9" customHeight="1" ht="85">
       <c r="A204" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C204" s="1"/>
       <c r="D204" s="1" t="s">
         <v>474</v>
       </c>
       <c r="E204" s="3">
-        <v>0.29</v>
+        <v>0.23</v>
       </c>
       <c r="F204" s="3">
-        <v>0.26</v>
+        <v>0.21</v>
       </c>
       <c r="G204" s="3"/>
       <c r="H204" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I204" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="205" spans="1:9" customHeight="1" ht="85">
       <c r="A205" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C205" s="1"/>
       <c r="D205" s="1" t="s">
         <v>476</v>
       </c>
       <c r="E205" s="3">
         <v>0.29</v>
       </c>
       <c r="F205" s="3">
         <v>0.26</v>
       </c>
       <c r="G205" s="3"/>
       <c r="H205" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I205" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="206" spans="1:9" customHeight="1" ht="85">
       <c r="A206" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C206" s="1"/>
       <c r="D206" s="1" t="s">
         <v>478</v>
       </c>
       <c r="E206" s="3">
-        <v>3.85</v>
+        <v>0.29</v>
       </c>
       <c r="F206" s="3">
-        <v>3.5</v>
+        <v>0.26</v>
       </c>
       <c r="G206" s="3"/>
       <c r="H206" t="s">
-        <v>448</v>
+        <v>467</v>
       </c>
       <c r="I206" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="207" spans="1:9" customHeight="1" ht="85">
       <c r="A207" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C207" s="1"/>
       <c r="D207" s="1" t="s">
         <v>480</v>
       </c>
       <c r="E207" s="3">
-        <v>29</v>
+        <v>3.85</v>
       </c>
       <c r="F207" s="3">
-        <v>26.97</v>
+        <v>3.5</v>
       </c>
       <c r="G207" s="3"/>
       <c r="H207" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="I207" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="208" spans="1:9" customHeight="1" ht="85">
       <c r="A208" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C208" s="1"/>
       <c r="D208" s="1" t="s">
         <v>482</v>
       </c>
       <c r="E208" s="3">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F208" s="3">
-        <v>26.04</v>
+        <v>26.97</v>
       </c>
       <c r="G208" s="3"/>
       <c r="H208" t="s">
         <v>24</v>
       </c>
       <c r="I208" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="209" spans="1:9" customHeight="1" ht="85">
       <c r="A209" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C209" s="1"/>
       <c r="D209" s="1" t="s">
         <v>484</v>
       </c>
       <c r="E209" s="3">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F209" s="3">
-        <v>28.83</v>
+        <v>26.04</v>
       </c>
       <c r="G209" s="3"/>
       <c r="H209" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I209" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="210" spans="1:9" customHeight="1" ht="85">
       <c r="A210" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C210" s="1"/>
       <c r="D210" s="1" t="s">
         <v>486</v>
       </c>
       <c r="E210" s="3">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F210" s="3">
-        <v>29.76</v>
+        <v>28.83</v>
       </c>
       <c r="G210" s="3"/>
       <c r="H210" t="s">
-        <v>225</v>
+        <v>46</v>
       </c>
       <c r="I210" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="211" spans="1:9" customHeight="1" ht="85">
       <c r="A211" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C211" s="1"/>
       <c r="D211" s="1" t="s">
         <v>488</v>
       </c>
       <c r="E211" s="3">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F211" s="3">
-        <v>32.55</v>
+        <v>29.76</v>
       </c>
       <c r="G211" s="3"/>
       <c r="H211" t="s">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="I211" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="212" spans="1:9" customHeight="1" ht="85">
       <c r="A212" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C212" s="1"/>
       <c r="D212" s="1" t="s">
         <v>490</v>
       </c>
       <c r="E212" s="3">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F212" s="3">
-        <v>28.83</v>
+        <v>32.55</v>
       </c>
       <c r="G212" s="3"/>
       <c r="H212" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I212" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="213" spans="1:9" customHeight="1" ht="85">
       <c r="A213" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C213" s="1"/>
       <c r="D213" s="1" t="s">
         <v>492</v>
       </c>
       <c r="E213" s="3">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F213" s="3">
-        <v>29.76</v>
+        <v>28.83</v>
       </c>
       <c r="G213" s="3"/>
       <c r="H213" t="s">
         <v>36</v>
       </c>
       <c r="I213" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="214" spans="1:9" customHeight="1" ht="85">
       <c r="A214" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C214" s="1"/>
       <c r="D214" s="1" t="s">
         <v>494</v>
       </c>
       <c r="E214" s="3">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F214" s="3">
-        <v>17.67</v>
+        <v>29.76</v>
       </c>
       <c r="G214" s="3"/>
       <c r="H214" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="I214" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="215" spans="1:9" customHeight="1" ht="85">
       <c r="A215" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C215" s="1"/>
       <c r="D215" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E215" s="3">
-        <v>5.5</v>
+        <v>19</v>
       </c>
       <c r="F215" s="3">
-        <v>5.23</v>
+        <v>17.67</v>
       </c>
       <c r="G215" s="3"/>
       <c r="H215" t="s">
+        <v>24</v>
+      </c>
+      <c r="I215" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="216" spans="1:9" customHeight="1" ht="85">
       <c r="A216" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C216" s="1"/>
       <c r="D216" s="1" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="E216" s="3">
-        <v>8.699999999999999</v>
+        <v>5.5</v>
       </c>
       <c r="F216" s="3">
-        <v>8.27</v>
+        <v>5.23</v>
       </c>
       <c r="G216" s="3"/>
       <c r="H216" t="s">
-        <v>24</v>
+        <v>499</v>
       </c>
       <c r="I216" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="217" spans="1:9" customHeight="1" ht="85">
       <c r="A217" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C217" s="1"/>
       <c r="D217" s="1" t="s">
         <v>501</v>
       </c>
       <c r="E217" s="3">
-        <v>1</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="F217" s="3">
-        <v>0.95</v>
+        <v>8.27</v>
       </c>
       <c r="G217" s="3"/>
       <c r="H217" t="s">
-        <v>214</v>
+        <v>24</v>
       </c>
       <c r="I217" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="218" spans="1:9" customHeight="1" ht="85">
       <c r="A218" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C218" s="1"/>
       <c r="D218" s="1" t="s">
         <v>503</v>
       </c>
       <c r="E218" s="3">
-        <v>2.8</v>
+        <v>1</v>
       </c>
       <c r="F218" s="3">
-        <v>2.66</v>
+        <v>0.95</v>
       </c>
       <c r="G218" s="3"/>
       <c r="H218" t="s">
+        <v>216</v>
+      </c>
+      <c r="I218" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="219" spans="1:9" customHeight="1" ht="85">
       <c r="A219" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C219" s="1"/>
       <c r="D219" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="E219" s="3">
-        <v>4.5</v>
+        <v>2.8</v>
       </c>
       <c r="F219" s="3">
-        <v>4.28</v>
+        <v>2.66</v>
       </c>
       <c r="G219" s="3"/>
       <c r="H219" t="s">
-        <v>448</v>
+        <v>506</v>
       </c>
       <c r="I219" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="220" spans="1:9" customHeight="1" ht="85">
       <c r="A220" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C220" s="1"/>
       <c r="D220" s="1" t="s">
         <v>508</v>
       </c>
       <c r="E220" s="3">
-        <v>8.699999999999999</v>
+        <v>4.5</v>
       </c>
       <c r="F220" s="3">
-        <v>8.27</v>
+        <v>4.28</v>
       </c>
       <c r="G220" s="3"/>
       <c r="H220" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I220" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="221" spans="1:9" customHeight="1" ht="85">
       <c r="A221" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C221" s="1"/>
       <c r="D221" s="1" t="s">
         <v>510</v>
       </c>
       <c r="E221" s="3">
-        <v>4.5</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="F221" s="3">
-        <v>4.28</v>
+        <v>8.27</v>
       </c>
       <c r="G221" s="3"/>
       <c r="H221" t="s">
-        <v>465</v>
+        <v>450</v>
       </c>
       <c r="I221" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="222" spans="1:9" customHeight="1" ht="85">
       <c r="A222" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C222" s="1"/>
       <c r="D222" s="1" t="s">
         <v>512</v>
       </c>
       <c r="E222" s="3">
-        <v>7</v>
+        <v>4.5</v>
       </c>
       <c r="F222" s="3">
-        <v>6.65</v>
+        <v>4.28</v>
       </c>
       <c r="G222" s="3"/>
       <c r="H222" t="s">
-        <v>36</v>
+        <v>467</v>
       </c>
       <c r="I222" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="223" spans="1:9" customHeight="1" ht="85">
       <c r="A223" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C223" s="1"/>
       <c r="D223" s="1" t="s">
         <v>514</v>
       </c>
       <c r="E223" s="3">
-        <v>9.199999999999999</v>
+        <v>7</v>
       </c>
       <c r="F223" s="3">
-        <v>8.74</v>
+        <v>6.65</v>
       </c>
       <c r="G223" s="3"/>
       <c r="H223" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="I223" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="224" spans="1:9" customHeight="1" ht="85">
       <c r="A224" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C224" s="1"/>
       <c r="D224" s="1" t="s">
         <v>516</v>
       </c>
       <c r="E224" s="3">
-        <v>8.699999999999999</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="F224" s="3">
-        <v>8.27</v>
+        <v>8.74</v>
       </c>
       <c r="G224" s="3"/>
       <c r="H224" t="s">
         <v>24</v>
       </c>
       <c r="I224" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="225" spans="1:9" customHeight="1" ht="85">
       <c r="A225" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C225" s="1"/>
       <c r="D225" s="1" t="s">
         <v>518</v>
       </c>
       <c r="E225" s="3">
-        <v>9.4</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="F225" s="3">
-        <v>8.93</v>
+        <v>8.27</v>
       </c>
       <c r="G225" s="3"/>
       <c r="H225" t="s">
         <v>24</v>
       </c>
       <c r="I225" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="226" spans="1:9" customHeight="1" ht="85">
       <c r="A226" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C226" s="1"/>
       <c r="D226" s="1" t="s">
         <v>520</v>
       </c>
       <c r="E226" s="3">
-        <v>6</v>
+        <v>9.4</v>
       </c>
       <c r="F226" s="3">
-        <v>5.7</v>
+        <v>8.93</v>
       </c>
       <c r="G226" s="3"/>
       <c r="H226" t="s">
+        <v>24</v>
+      </c>
+      <c r="I226" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="227" spans="1:9" customHeight="1" ht="85">
       <c r="A227" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C227" s="1"/>
       <c r="D227" s="1" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="E227" s="3">
-        <v>8.5</v>
+        <v>6</v>
       </c>
       <c r="F227" s="3">
-        <v>8.08</v>
+        <v>5.7</v>
       </c>
       <c r="G227" s="3"/>
       <c r="H227" t="s">
-        <v>21</v>
+        <v>523</v>
       </c>
       <c r="I227" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="228" spans="1:9" customHeight="1" ht="85">
       <c r="A228" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C228" s="1"/>
       <c r="D228" s="1" t="s">
         <v>525</v>
       </c>
       <c r="E228" s="3">
-        <v>6</v>
+        <v>8.5</v>
       </c>
       <c r="F228" s="3">
-        <v>5.7</v>
+        <v>8.08</v>
       </c>
       <c r="G228" s="3"/>
       <c r="H228" t="s">
+        <v>21</v>
+      </c>
+      <c r="I228" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="229" spans="1:9" customHeight="1" ht="85">
       <c r="A229" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C229" s="1"/>
       <c r="D229" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="E229" s="3">
-        <v>9.1</v>
+        <v>6</v>
       </c>
       <c r="F229" s="3">
-        <v>8.65</v>
+        <v>5.7</v>
       </c>
       <c r="G229" s="3"/>
       <c r="H229" t="s">
-        <v>24</v>
+        <v>528</v>
       </c>
       <c r="I229" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="230" spans="1:9" customHeight="1" ht="85">
       <c r="A230" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C230" s="1"/>
       <c r="D230" s="1" t="s">
         <v>530</v>
       </c>
       <c r="E230" s="3">
-        <v>31</v>
+        <v>9.1</v>
       </c>
       <c r="F230" s="3">
-        <v>28.52</v>
+        <v>8.65</v>
       </c>
       <c r="G230" s="3"/>
       <c r="H230" t="s">
+        <v>24</v>
+      </c>
+      <c r="I230" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="231" spans="1:9" customHeight="1" ht="85">
       <c r="A231" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C231" s="1"/>
       <c r="D231" s="1" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="E231" s="3">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F231" s="3">
-        <v>25.76</v>
+        <v>28.52</v>
       </c>
       <c r="G231" s="3"/>
       <c r="H231" t="s">
-        <v>171</v>
+        <v>533</v>
       </c>
       <c r="I231" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="232" spans="1:9" customHeight="1" ht="85">
       <c r="A232" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C232" s="1"/>
       <c r="D232" s="1" t="s">
         <v>535</v>
       </c>
       <c r="E232" s="3">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F232" s="3">
-        <v>21.16</v>
+        <v>25.76</v>
       </c>
       <c r="G232" s="3"/>
       <c r="H232" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="I232" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="233" spans="1:9" customHeight="1" ht="85">
       <c r="A233" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C233" s="1"/>
       <c r="D233" s="1" t="s">
         <v>537</v>
       </c>
       <c r="E233" s="3">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F233" s="3">
-        <v>4.6</v>
+        <v>21.16</v>
       </c>
       <c r="G233" s="3"/>
       <c r="H233" t="s">
-        <v>61</v>
+        <v>154</v>
       </c>
       <c r="I233" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="234" spans="1:9" customHeight="1" ht="85">
       <c r="A234" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C234" s="1"/>
       <c r="D234" s="1" t="s">
         <v>539</v>
       </c>
       <c r="E234" s="3">
-        <v>5.5</v>
+        <v>5</v>
       </c>
       <c r="F234" s="3">
-        <v>5.06</v>
+        <v>4.6</v>
       </c>
       <c r="G234" s="3"/>
       <c r="H234" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="I234" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="235" spans="1:9" customHeight="1" ht="85">
       <c r="A235" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C235" s="1"/>
       <c r="D235" s="1" t="s">
         <v>541</v>
       </c>
       <c r="E235" s="3">
-        <v>5</v>
+        <v>5.5</v>
       </c>
       <c r="F235" s="3">
-        <v>4.6</v>
+        <v>5.06</v>
       </c>
       <c r="G235" s="3"/>
       <c r="H235" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="I235" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="236" spans="1:9" customHeight="1" ht="85">
       <c r="A236" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C236" s="1"/>
       <c r="D236" s="1" t="s">
-        <v>520</v>
+        <v>543</v>
       </c>
       <c r="E236" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F236" s="3">
-        <v>5.52</v>
+        <v>4.6</v>
       </c>
       <c r="G236" s="3"/>
       <c r="H236" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="I236" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="237" spans="1:9" customHeight="1" ht="85">
       <c r="A237" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C237" s="1"/>
       <c r="D237" s="1" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="E237" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F237" s="3">
-        <v>4.6</v>
+        <v>5.52</v>
       </c>
       <c r="G237" s="3"/>
       <c r="H237" t="s">
-        <v>448</v>
+        <v>53</v>
       </c>
       <c r="I237" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="238" spans="1:9" customHeight="1" ht="85">
       <c r="A238" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C238" s="1"/>
       <c r="D238" s="1" t="s">
         <v>546</v>
       </c>
       <c r="E238" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F238" s="3">
-        <v>5.52</v>
+        <v>4.6</v>
       </c>
       <c r="G238" s="3"/>
       <c r="H238" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I238" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="239" spans="1:9" customHeight="1" ht="85">
       <c r="A239" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C239" s="1"/>
       <c r="D239" s="1" t="s">
         <v>548</v>
       </c>
       <c r="E239" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F239" s="3">
-        <v>4.6</v>
+        <v>5.52</v>
       </c>
       <c r="G239" s="3"/>
       <c r="H239" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I239" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="240" spans="1:9" customHeight="1" ht="85">
       <c r="A240" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C240" s="1"/>
       <c r="D240" s="1" t="s">
         <v>550</v>
       </c>
       <c r="E240" s="3">
         <v>5</v>
       </c>
       <c r="F240" s="3">
         <v>4.6</v>
       </c>
       <c r="G240" s="3"/>
       <c r="H240" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I240" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="241" spans="1:9" customHeight="1" ht="85">
       <c r="A241" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C241" s="1"/>
       <c r="D241" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E241" s="3">
         <v>5</v>
       </c>
       <c r="F241" s="3">
         <v>4.6</v>
       </c>
       <c r="G241" s="3"/>
       <c r="H241" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I241" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="242" spans="1:9" customHeight="1" ht="85">
       <c r="A242" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C242" s="1"/>
       <c r="D242" s="1" t="s">
         <v>554</v>
       </c>
       <c r="E242" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F242" s="3">
-        <v>5.52</v>
+        <v>4.6</v>
       </c>
       <c r="G242" s="3"/>
       <c r="H242" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I242" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="243" spans="1:9" customHeight="1" ht="85">
       <c r="A243" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C243" s="1"/>
       <c r="D243" s="1" t="s">
         <v>556</v>
       </c>
       <c r="E243" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F243" s="3">
-        <v>4.6</v>
+        <v>5.52</v>
       </c>
       <c r="G243" s="3"/>
       <c r="H243" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I243" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="244" spans="1:9" customHeight="1" ht="85">
       <c r="A244" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C244" s="1"/>
       <c r="D244" s="1" t="s">
         <v>558</v>
       </c>
       <c r="E244" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="F244" s="3">
-        <v>27.6</v>
+        <v>4.6</v>
       </c>
       <c r="G244" s="3"/>
       <c r="H244" t="s">
-        <v>214</v>
+        <v>450</v>
       </c>
       <c r="I244" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="245" spans="1:9" customHeight="1" ht="85">
       <c r="A245" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C245" s="1"/>
       <c r="D245" s="1" t="s">
         <v>560</v>
       </c>
       <c r="E245" s="3">
-        <v>28.5</v>
+        <v>30</v>
       </c>
       <c r="F245" s="3">
-        <v>26.22</v>
+        <v>27.6</v>
       </c>
       <c r="G245" s="3"/>
       <c r="H245" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I245" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="246" spans="1:9" customHeight="1" ht="85">
       <c r="A246" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C246" s="1"/>
       <c r="D246" s="1" t="s">
         <v>562</v>
       </c>
       <c r="E246" s="3">
-        <v>8.800000000000001</v>
+        <v>28.5</v>
       </c>
       <c r="F246" s="3">
-        <v>8.1</v>
+        <v>26.22</v>
       </c>
       <c r="G246" s="3"/>
       <c r="H246" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I246" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="247" spans="1:9" customHeight="1" ht="85">
       <c r="A247" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C247" s="1"/>
       <c r="D247" s="1" t="s">
         <v>564</v>
       </c>
       <c r="E247" s="3">
-        <v>25</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="F247" s="3">
-        <v>23</v>
+        <v>8.1</v>
       </c>
       <c r="G247" s="3"/>
       <c r="H247" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I247" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="248" spans="1:9" customHeight="1" ht="85">
       <c r="A248" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C248" s="1"/>
       <c r="D248" s="1" t="s">
         <v>566</v>
       </c>
       <c r="E248" s="3">
-        <v>10.3</v>
+        <v>25</v>
       </c>
       <c r="F248" s="3">
-        <v>9.48</v>
+        <v>23</v>
       </c>
       <c r="G248" s="3"/>
       <c r="H248" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="I248" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="249" spans="1:9" customHeight="1" ht="85">
       <c r="A249" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C249" s="1"/>
       <c r="D249" s="1" t="s">
         <v>568</v>
       </c>
       <c r="E249" s="3">
-        <v>6</v>
+        <v>10.3</v>
       </c>
       <c r="F249" s="3">
-        <v>5.52</v>
+        <v>9.48</v>
       </c>
       <c r="G249" s="3"/>
       <c r="H249" t="s">
-        <v>521</v>
+        <v>253</v>
       </c>
       <c r="I249" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="250" spans="1:9" customHeight="1" ht="85">
       <c r="A250" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C250" s="1"/>
       <c r="D250" s="1" t="s">
         <v>570</v>
       </c>
       <c r="E250" s="3">
         <v>6</v>
       </c>
       <c r="F250" s="3">
         <v>5.52</v>
       </c>
       <c r="G250" s="3"/>
       <c r="H250" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="I250" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="251" spans="1:9" customHeight="1" ht="85">
       <c r="A251" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C251" s="1"/>
       <c r="D251" s="1" t="s">
         <v>572</v>
       </c>
       <c r="E251" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F251" s="3">
-        <v>6.44</v>
+        <v>5.52</v>
       </c>
       <c r="G251" s="3"/>
       <c r="H251" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="I251" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="252" spans="1:9" customHeight="1" ht="85">
       <c r="A252" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C252" s="1"/>
       <c r="D252" s="1" t="s">
         <v>574</v>
       </c>
       <c r="E252" s="3">
-        <v>8.300000000000001</v>
+        <v>7</v>
       </c>
       <c r="F252" s="3">
-        <v>7.64</v>
+        <v>6.44</v>
       </c>
       <c r="G252" s="3"/>
       <c r="H252" t="s">
+        <v>523</v>
+      </c>
+      <c r="I252" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="253" spans="1:9" customHeight="1" ht="85">
       <c r="A253" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C253" s="1"/>
       <c r="D253" s="1" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="E253" s="3">
-        <v>7</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="F253" s="3">
-        <v>6.44</v>
+        <v>7.64</v>
       </c>
       <c r="G253" s="3"/>
       <c r="H253" t="s">
+        <v>577</v>
+      </c>
+      <c r="I253" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="254" spans="1:9" customHeight="1" ht="85">
       <c r="A254" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C254" s="1"/>
       <c r="D254" s="1" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="E254" s="3">
-        <v>1.5</v>
+        <v>7</v>
       </c>
       <c r="F254" s="3">
-        <v>1.38</v>
+        <v>6.44</v>
       </c>
       <c r="G254" s="3"/>
       <c r="H254" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="I254" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="255" spans="1:9" customHeight="1" ht="85">
       <c r="A255" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C255" s="1"/>
       <c r="D255" s="1" t="s">
         <v>582</v>
       </c>
       <c r="E255" s="3">
-        <v>8</v>
+        <v>1.5</v>
       </c>
       <c r="F255" s="3">
-        <v>7.36</v>
+        <v>1.38</v>
       </c>
       <c r="G255" s="3"/>
       <c r="H255" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="I255" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="256" spans="1:9" customHeight="1" ht="85">
       <c r="A256" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C256" s="1"/>
       <c r="D256" s="1" t="s">
         <v>584</v>
       </c>
       <c r="E256" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F256" s="3">
-        <v>6.44</v>
+        <v>7.36</v>
       </c>
       <c r="G256" s="3"/>
       <c r="H256" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="I256" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="257" spans="1:9" customHeight="1" ht="85">
       <c r="A257" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C257" s="1"/>
       <c r="D257" s="1" t="s">
         <v>586</v>
       </c>
       <c r="E257" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F257" s="3">
-        <v>4.75</v>
+        <v>6.44</v>
       </c>
       <c r="G257" s="3"/>
       <c r="H257" t="s">
-        <v>214</v>
+        <v>580</v>
       </c>
       <c r="I257" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="258" spans="1:9" customHeight="1" ht="85">
       <c r="A258" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C258" s="1"/>
       <c r="D258" s="1" t="s">
         <v>588</v>
       </c>
       <c r="E258" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F258" s="3">
-        <v>0.95</v>
+        <v>4.75</v>
       </c>
       <c r="G258" s="3"/>
       <c r="H258" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I258" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="259" spans="1:9" customHeight="1" ht="85">
       <c r="A259" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C259" s="1"/>
       <c r="D259" s="1" t="s">
         <v>590</v>
       </c>
       <c r="E259" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F259" s="3">
-        <v>4.75</v>
+        <v>0.95</v>
       </c>
       <c r="G259" s="3"/>
       <c r="H259" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I259" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="260" spans="1:9" customHeight="1" ht="85">
       <c r="A260" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C260" s="1"/>
       <c r="D260" s="1" t="s">
         <v>592</v>
       </c>
       <c r="E260" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F260" s="3">
-        <v>5.7</v>
+        <v>4.75</v>
       </c>
       <c r="G260" s="3"/>
       <c r="H260" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I260" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="261" spans="1:9" customHeight="1" ht="85">
       <c r="A261" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C261" s="1"/>
       <c r="D261" s="1" t="s">
-        <v>503</v>
+        <v>594</v>
       </c>
       <c r="E261" s="3">
-        <v>2.8</v>
+        <v>6</v>
       </c>
       <c r="F261" s="3">
-        <v>2.58</v>
+        <v>5.7</v>
       </c>
       <c r="G261" s="3"/>
       <c r="H261" t="s">
-        <v>465</v>
+        <v>216</v>
       </c>
       <c r="I261" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="262" spans="1:9" customHeight="1" ht="85">
       <c r="A262" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C262" s="1"/>
       <c r="D262" s="1" t="s">
-        <v>595</v>
+        <v>505</v>
       </c>
       <c r="E262" s="3">
-        <v>3.5</v>
+        <v>2.8</v>
       </c>
       <c r="F262" s="3">
-        <v>3.22</v>
+        <v>2.58</v>
       </c>
       <c r="G262" s="3"/>
       <c r="H262" t="s">
-        <v>214</v>
+        <v>467</v>
       </c>
       <c r="I262" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="263" spans="1:9" customHeight="1" ht="85">
       <c r="A263" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C263" s="1"/>
       <c r="D263" s="1" t="s">
         <v>597</v>
       </c>
       <c r="E263" s="3">
-        <v>1.8</v>
+        <v>3.5</v>
       </c>
       <c r="F263" s="3">
-        <v>1.66</v>
+        <v>3.22</v>
       </c>
       <c r="G263" s="3"/>
       <c r="H263" t="s">
-        <v>504</v>
+        <v>216</v>
       </c>
       <c r="I263" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="264" spans="1:9" customHeight="1" ht="85">
       <c r="A264" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C264" s="1"/>
       <c r="D264" s="1" t="s">
         <v>599</v>
       </c>
       <c r="E264" s="3">
-        <v>2.6</v>
+        <v>1.8</v>
       </c>
       <c r="F264" s="3">
-        <v>2.39</v>
+        <v>1.66</v>
       </c>
       <c r="G264" s="3"/>
       <c r="H264" t="s">
-        <v>465</v>
+        <v>506</v>
       </c>
       <c r="I264" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="265" spans="1:9" customHeight="1" ht="85">
       <c r="A265" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C265" s="1"/>
       <c r="D265" s="1" t="s">
         <v>601</v>
       </c>
       <c r="E265" s="3">
-        <v>1</v>
+        <v>2.6</v>
       </c>
       <c r="F265" s="3">
-        <v>0.92</v>
+        <v>2.39</v>
       </c>
       <c r="G265" s="3"/>
       <c r="H265" t="s">
-        <v>504</v>
+        <v>467</v>
       </c>
       <c r="I265" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="266" spans="1:9" customHeight="1" ht="85">
       <c r="A266" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C266" s="1"/>
       <c r="D266" s="1" t="s">
         <v>603</v>
       </c>
       <c r="E266" s="3">
-        <v>3.5</v>
+        <v>1</v>
       </c>
       <c r="F266" s="3">
-        <v>3.22</v>
+        <v>0.92</v>
       </c>
       <c r="G266" s="3"/>
       <c r="H266" t="s">
-        <v>214</v>
+        <v>506</v>
       </c>
       <c r="I266" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="267" spans="1:9" customHeight="1" ht="85">
       <c r="A267" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C267" s="1"/>
       <c r="D267" s="1" t="s">
         <v>605</v>
       </c>
       <c r="E267" s="3">
-        <v>2.2</v>
+        <v>3.5</v>
       </c>
       <c r="F267" s="3">
-        <v>2.02</v>
+        <v>3.22</v>
       </c>
       <c r="G267" s="3"/>
       <c r="H267" t="s">
+        <v>216</v>
+      </c>
+      <c r="I267" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="268" spans="1:9" customHeight="1" ht="85">
       <c r="A268" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C268" s="1"/>
       <c r="D268" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="E268" s="3">
-        <v>3.8</v>
+        <v>2.2</v>
       </c>
       <c r="F268" s="3">
-        <v>3.5</v>
+        <v>2.02</v>
       </c>
       <c r="G268" s="3"/>
       <c r="H268" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I268" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="269" spans="1:9" customHeight="1" ht="85">
       <c r="A269" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C269" s="1"/>
       <c r="D269" s="1" t="s">
         <v>610</v>
       </c>
       <c r="E269" s="3">
-        <v>2.2</v>
+        <v>3.8</v>
       </c>
       <c r="F269" s="3">
-        <v>2.02</v>
+        <v>3.5</v>
       </c>
       <c r="G269" s="3"/>
       <c r="H269" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I269" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="270" spans="1:9" customHeight="1" ht="85">
       <c r="A270" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C270" s="1"/>
       <c r="D270" s="1" t="s">
         <v>612</v>
       </c>
       <c r="E270" s="3">
-        <v>3.2</v>
+        <v>2.2</v>
       </c>
       <c r="F270" s="3">
-        <v>2.94</v>
+        <v>2.02</v>
       </c>
       <c r="G270" s="3"/>
       <c r="H270" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I270" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="271" spans="1:9" customHeight="1" ht="85">
       <c r="A271" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C271" s="1"/>
       <c r="D271" s="1" t="s">
         <v>614</v>
       </c>
       <c r="E271" s="3">
-        <v>7</v>
+        <v>3.2</v>
       </c>
       <c r="F271" s="3">
-        <v>6.65</v>
+        <v>2.94</v>
       </c>
       <c r="G271" s="3"/>
       <c r="H271" t="s">
+        <v>608</v>
+      </c>
+      <c r="I271" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="272" spans="1:9" customHeight="1" ht="85">
       <c r="A272" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C272" s="1"/>
       <c r="D272" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="E272" s="3">
         <v>7</v>
       </c>
       <c r="F272" s="3">
         <v>6.65</v>
       </c>
       <c r="G272" s="3"/>
       <c r="H272" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="I272" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="273" spans="1:9" customHeight="1" ht="85">
       <c r="A273" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C273" s="1"/>
       <c r="D273" s="1" t="s">
         <v>619</v>
       </c>
       <c r="E273" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F273" s="3">
-        <v>7.6</v>
+        <v>6.65</v>
       </c>
       <c r="G273" s="3"/>
       <c r="H273" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="I273" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="274" spans="1:9" customHeight="1" ht="85">
       <c r="A274" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C274" s="1"/>
       <c r="D274" s="1" t="s">
         <v>621</v>
       </c>
       <c r="E274" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F274" s="3">
-        <v>4.6</v>
+        <v>7.6</v>
       </c>
       <c r="G274" s="3"/>
       <c r="H274" t="s">
-        <v>214</v>
+        <v>617</v>
       </c>
       <c r="I274" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="275" spans="1:9" customHeight="1" ht="85">
       <c r="A275" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C275" s="1"/>
       <c r="D275" s="1" t="s">
-        <v>525</v>
+        <v>623</v>
       </c>
       <c r="E275" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F275" s="3">
-        <v>5.52</v>
+        <v>4.6</v>
       </c>
       <c r="G275" s="3"/>
       <c r="H275" t="s">
-        <v>448</v>
+        <v>216</v>
       </c>
       <c r="I275" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="276" spans="1:9" customHeight="1" ht="85">
       <c r="A276" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C276" s="1"/>
       <c r="D276" s="1" t="s">
-        <v>624</v>
+        <v>527</v>
       </c>
       <c r="E276" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F276" s="3">
-        <v>7.36</v>
+        <v>5.52</v>
       </c>
       <c r="G276" s="3"/>
       <c r="H276" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I276" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="277" spans="1:9" customHeight="1" ht="85">
       <c r="A277" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C277" s="1"/>
       <c r="D277" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E277" s="3">
-        <v>7.7</v>
+        <v>8</v>
       </c>
       <c r="F277" s="3">
-        <v>7.08</v>
+        <v>7.36</v>
       </c>
       <c r="G277" s="3"/>
       <c r="H277" t="s">
-        <v>214</v>
+        <v>450</v>
       </c>
       <c r="I277" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="278" spans="1:9" customHeight="1" ht="85">
       <c r="A278" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C278" s="1"/>
       <c r="D278" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E278" s="3">
-        <v>6</v>
+        <v>7.7</v>
       </c>
       <c r="F278" s="3">
-        <v>5.52</v>
+        <v>7.08</v>
       </c>
       <c r="G278" s="3"/>
       <c r="H278" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I278" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="279" spans="1:9" customHeight="1" ht="85">
       <c r="A279" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C279" s="1"/>
       <c r="D279" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E279" s="3">
-        <v>7.9</v>
+        <v>6</v>
       </c>
       <c r="F279" s="3">
-        <v>7.27</v>
+        <v>5.52</v>
       </c>
       <c r="G279" s="3"/>
       <c r="H279" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="I279" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="280" spans="1:9" customHeight="1" ht="85">
       <c r="A280" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C280" s="1"/>
       <c r="D280" s="1" t="s">
         <v>632</v>
       </c>
       <c r="E280" s="3">
-        <v>6.7</v>
+        <v>7.9</v>
       </c>
       <c r="F280" s="3">
-        <v>6.16</v>
+        <v>7.27</v>
       </c>
       <c r="G280" s="3"/>
       <c r="H280" t="s">
         <v>154</v>
       </c>
       <c r="I280" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="281" spans="1:9" customHeight="1" ht="85">
       <c r="A281" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C281" s="1"/>
       <c r="D281" s="1" t="s">
         <v>634</v>
       </c>
       <c r="E281" s="3">
-        <v>12.5</v>
+        <v>6.7</v>
       </c>
       <c r="F281" s="3">
-        <v>11.5</v>
+        <v>6.16</v>
       </c>
       <c r="G281" s="3"/>
       <c r="H281" t="s">
         <v>154</v>
       </c>
       <c r="I281" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="282" spans="1:9" customHeight="1" ht="85">
       <c r="A282" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C282" s="1"/>
       <c r="D282" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E282" s="3">
-        <v>9</v>
+        <v>12.5</v>
       </c>
       <c r="F282" s="3">
-        <v>8.279999999999999</v>
+        <v>11.5</v>
       </c>
       <c r="G282" s="3"/>
       <c r="H282" t="s">
         <v>154</v>
       </c>
       <c r="I282" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="283" spans="1:9" customHeight="1" ht="85">
       <c r="A283" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C283" s="1"/>
       <c r="D283" s="1" t="s">
         <v>638</v>
       </c>
       <c r="E283" s="3">
-        <v>8.5</v>
+        <v>9</v>
       </c>
       <c r="F283" s="3">
-        <v>7.82</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="G283" s="3"/>
       <c r="H283" t="s">
         <v>154</v>
       </c>
       <c r="I283" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="284" spans="1:9" customHeight="1" ht="85">
       <c r="A284" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C284" s="1"/>
       <c r="D284" s="1" t="s">
         <v>640</v>
       </c>
       <c r="E284" s="3">
-        <v>7.9</v>
+        <v>8.5</v>
       </c>
       <c r="F284" s="3">
-        <v>7.27</v>
+        <v>7.82</v>
       </c>
       <c r="G284" s="3"/>
       <c r="H284" t="s">
         <v>154</v>
       </c>
       <c r="I284" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="285" spans="1:9" customHeight="1" ht="85">
       <c r="A285" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C285" s="1"/>
       <c r="D285" s="1" t="s">
         <v>642</v>
       </c>
       <c r="E285" s="3">
-        <v>8.9</v>
+        <v>7.9</v>
       </c>
       <c r="F285" s="3">
-        <v>8.19</v>
+        <v>7.27</v>
       </c>
       <c r="G285" s="3"/>
       <c r="H285" t="s">
         <v>154</v>
       </c>
       <c r="I285" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="286" spans="1:9" customHeight="1" ht="85">
       <c r="A286" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C286" s="1"/>
       <c r="D286" s="1" t="s">
         <v>644</v>
       </c>
       <c r="E286" s="3">
-        <v>6.7</v>
+        <v>8.9</v>
       </c>
       <c r="F286" s="3">
-        <v>6.16</v>
+        <v>8.19</v>
       </c>
       <c r="G286" s="3"/>
       <c r="H286" t="s">
         <v>154</v>
       </c>
       <c r="I286" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="287" spans="1:9" customHeight="1" ht="85">
       <c r="A287" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C287" s="1"/>
       <c r="D287" s="1" t="s">
         <v>646</v>
       </c>
       <c r="E287" s="3">
-        <v>6.9</v>
+        <v>6.7</v>
       </c>
       <c r="F287" s="3">
-        <v>6.35</v>
+        <v>6.16</v>
       </c>
       <c r="G287" s="3"/>
       <c r="H287" t="s">
         <v>154</v>
       </c>
       <c r="I287" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="288" spans="1:9" customHeight="1" ht="85">
       <c r="A288" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C288" s="1"/>
       <c r="D288" s="1" t="s">
         <v>648</v>
       </c>
       <c r="E288" s="3">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="F288" s="3">
-        <v>6.16</v>
+        <v>6.35</v>
       </c>
       <c r="G288" s="3"/>
       <c r="H288" t="s">
         <v>154</v>
       </c>
       <c r="I288" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="289" spans="1:9" customHeight="1" ht="85">
       <c r="A289" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C289" s="1"/>
       <c r="D289" s="1" t="s">
         <v>650</v>
       </c>
       <c r="E289" s="3">
-        <v>6.9</v>
+        <v>6.7</v>
       </c>
       <c r="F289" s="3">
-        <v>6.35</v>
+        <v>6.16</v>
       </c>
       <c r="G289" s="3"/>
       <c r="H289" t="s">
         <v>154</v>
       </c>
       <c r="I289" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="290" spans="1:9" customHeight="1" ht="85">
       <c r="A290" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C290" s="1"/>
       <c r="D290" s="1" t="s">
         <v>652</v>
       </c>
       <c r="E290" s="3">
-        <v>7.9</v>
+        <v>6.9</v>
       </c>
       <c r="F290" s="3">
-        <v>7.27</v>
+        <v>6.35</v>
       </c>
       <c r="G290" s="3"/>
       <c r="H290" t="s">
         <v>154</v>
       </c>
       <c r="I290" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="291" spans="1:9" customHeight="1" ht="85">
       <c r="A291" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C291" s="1"/>
       <c r="D291" s="1" t="s">
         <v>654</v>
       </c>
       <c r="E291" s="3">
-        <v>8.5</v>
+        <v>7.9</v>
       </c>
       <c r="F291" s="3">
-        <v>8.08</v>
+        <v>7.27</v>
       </c>
       <c r="G291" s="3"/>
       <c r="H291" t="s">
+        <v>154</v>
+      </c>
+      <c r="I291" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="292" spans="1:9" customHeight="1" ht="85">
       <c r="A292" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C292" s="1"/>
       <c r="D292" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="E292" s="3">
-        <v>5.6</v>
+        <v>8.5</v>
       </c>
       <c r="F292" s="3">
-        <v>5.32</v>
+        <v>8.08</v>
       </c>
       <c r="G292" s="3"/>
       <c r="H292" t="s">
+        <v>657</v>
+      </c>
+      <c r="I292" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="293" spans="1:9" customHeight="1" ht="85">
       <c r="A293" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C293" s="1"/>
       <c r="D293" s="1" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="E293" s="3">
-        <v>6.6</v>
+        <v>5.6</v>
       </c>
       <c r="F293" s="3">
-        <v>6.27</v>
+        <v>5.32</v>
       </c>
       <c r="G293" s="3"/>
       <c r="H293" t="s">
+        <v>660</v>
+      </c>
+      <c r="I293" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="294" spans="1:9" customHeight="1" ht="85">
       <c r="A294" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C294" s="1"/>
       <c r="D294" s="1" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="E294" s="3">
-        <v>6.2</v>
+        <v>6.6</v>
       </c>
       <c r="F294" s="3">
-        <v>5.89</v>
+        <v>6.27</v>
       </c>
       <c r="G294" s="3"/>
       <c r="H294" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="I294" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="295" spans="1:9" customHeight="1" ht="85">
       <c r="A295" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C295" s="1"/>
       <c r="D295" s="1" t="s">
         <v>665</v>
       </c>
       <c r="E295" s="3">
-        <v>7.5</v>
+        <v>6.2</v>
       </c>
       <c r="F295" s="3">
-        <v>7.13</v>
+        <v>5.89</v>
       </c>
       <c r="G295" s="3"/>
       <c r="H295" t="s">
-        <v>154</v>
+        <v>663</v>
       </c>
       <c r="I295" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="296" spans="1:9" customHeight="1" ht="85">
       <c r="A296" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C296" s="1"/>
       <c r="D296" s="1" t="s">
         <v>667</v>
       </c>
       <c r="E296" s="3">
-        <v>5.5</v>
+        <v>7.5</v>
       </c>
       <c r="F296" s="3">
-        <v>5.23</v>
+        <v>7.13</v>
       </c>
       <c r="G296" s="3"/>
       <c r="H296" t="s">
-        <v>658</v>
+        <v>154</v>
       </c>
       <c r="I296" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="297" spans="1:9" customHeight="1" ht="85">
       <c r="A297" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C297" s="1"/>
       <c r="D297" s="1" t="s">
         <v>669</v>
       </c>
       <c r="E297" s="3">
-        <v>6.2</v>
+        <v>5.5</v>
       </c>
       <c r="F297" s="3">
-        <v>5.89</v>
+        <v>5.23</v>
       </c>
       <c r="G297" s="3"/>
       <c r="H297" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="I297" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="298" spans="1:9" customHeight="1" ht="85">
       <c r="A298" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C298" s="1"/>
       <c r="D298" s="1" t="s">
         <v>671</v>
       </c>
       <c r="E298" s="3">
-        <v>7</v>
+        <v>6.2</v>
       </c>
       <c r="F298" s="3">
-        <v>6.65</v>
+        <v>5.89</v>
       </c>
       <c r="G298" s="3"/>
       <c r="H298" t="s">
-        <v>154</v>
+        <v>663</v>
       </c>
       <c r="I298" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="299" spans="1:9" customHeight="1" ht="85">
       <c r="A299" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C299" s="1"/>
       <c r="D299" s="1" t="s">
         <v>673</v>
       </c>
       <c r="E299" s="3">
         <v>7</v>
       </c>
       <c r="F299" s="3">
         <v>6.65</v>
       </c>
       <c r="G299" s="3"/>
       <c r="H299" t="s">
-        <v>661</v>
+        <v>154</v>
       </c>
       <c r="I299" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="300" spans="1:9" customHeight="1" ht="85">
       <c r="A300" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C300" s="1"/>
       <c r="D300" s="1" t="s">
         <v>675</v>
       </c>
       <c r="E300" s="3">
-        <v>8.5</v>
+        <v>7</v>
       </c>
       <c r="F300" s="3">
-        <v>8.08</v>
+        <v>6.65</v>
       </c>
       <c r="G300" s="3"/>
       <c r="H300" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="I300" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="301" spans="1:9" customHeight="1" ht="85">
       <c r="A301" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C301" s="1"/>
       <c r="D301" s="1" t="s">
         <v>677</v>
       </c>
       <c r="E301" s="3">
-        <v>6.6</v>
+        <v>8.5</v>
       </c>
       <c r="F301" s="3">
-        <v>6.27</v>
+        <v>8.08</v>
       </c>
       <c r="G301" s="3"/>
       <c r="H301" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="I301" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="302" spans="1:9" customHeight="1" ht="85">
       <c r="A302" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
         <v>679</v>
       </c>
       <c r="E302" s="3">
-        <v>7</v>
+        <v>6.6</v>
       </c>
       <c r="F302" s="3">
-        <v>6.65</v>
+        <v>6.27</v>
       </c>
       <c r="G302" s="3"/>
       <c r="H302" t="s">
-        <v>154</v>
+        <v>663</v>
       </c>
       <c r="I302" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="303" spans="1:9" customHeight="1" ht="85">
       <c r="A303" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C303" s="1"/>
       <c r="D303" s="1" t="s">
         <v>681</v>
       </c>
       <c r="E303" s="3">
-        <v>7.5</v>
+        <v>7</v>
       </c>
       <c r="F303" s="3">
-        <v>7.13</v>
+        <v>6.65</v>
       </c>
       <c r="G303" s="3"/>
       <c r="H303" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="I303" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="304" spans="1:9" customHeight="1" ht="85">
       <c r="A304" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C304" s="1"/>
       <c r="D304" s="1" t="s">
         <v>683</v>
       </c>
       <c r="E304" s="3">
-        <v>7</v>
+        <v>7.5</v>
       </c>
       <c r="F304" s="3">
-        <v>6.65</v>
+        <v>7.13</v>
       </c>
       <c r="G304" s="3"/>
       <c r="H304" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="I304" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="305" spans="1:9" customHeight="1" ht="85">
       <c r="A305" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C305" s="1"/>
       <c r="D305" s="1" t="s">
         <v>685</v>
       </c>
       <c r="E305" s="3">
         <v>7</v>
       </c>
       <c r="F305" s="3">
         <v>6.65</v>
       </c>
       <c r="G305" s="3"/>
       <c r="H305" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I305" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="306" spans="1:9" customHeight="1" ht="85">
       <c r="A306" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C306" s="1"/>
       <c r="D306" s="1" t="s">
         <v>687</v>
       </c>
       <c r="E306" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F306" s="3">
-        <v>7.6</v>
+        <v>6.65</v>
       </c>
       <c r="G306" s="3"/>
       <c r="H306" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I306" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="307" spans="1:9" customHeight="1" ht="85">
       <c r="A307" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C307" s="1"/>
       <c r="D307" s="1" t="s">
         <v>689</v>
       </c>
       <c r="E307" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F307" s="3">
-        <v>6.65</v>
+        <v>7.6</v>
       </c>
       <c r="G307" s="3"/>
       <c r="H307" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I307" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="308" spans="1:9" customHeight="1" ht="85">
       <c r="A308" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C308" s="1"/>
       <c r="D308" s="1" t="s">
         <v>691</v>
       </c>
       <c r="E308" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F308" s="3">
-        <v>7.6</v>
+        <v>6.65</v>
       </c>
       <c r="G308" s="3"/>
       <c r="H308" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I308" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="309" spans="1:9" customHeight="1" ht="85">
       <c r="A309" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C309" s="1"/>
       <c r="D309" s="1" t="s">
         <v>693</v>
       </c>
       <c r="E309" s="3">
-        <v>13.5</v>
+        <v>8</v>
       </c>
       <c r="F309" s="3">
-        <v>12.42</v>
+        <v>7.6</v>
       </c>
       <c r="G309" s="3"/>
       <c r="H309" t="s">
-        <v>24</v>
+        <v>227</v>
       </c>
       <c r="I309" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="310" spans="1:9" customHeight="1" ht="85">
       <c r="A310" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C310" s="1"/>
       <c r="D310" s="1" t="s">
         <v>695</v>
       </c>
       <c r="E310" s="3">
-        <v>8.5</v>
+        <v>13.5</v>
       </c>
       <c r="F310" s="3">
-        <v>7.82</v>
+        <v>12.42</v>
       </c>
       <c r="G310" s="3"/>
       <c r="H310" t="s">
         <v>24</v>
       </c>
       <c r="I310" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="311" spans="1:9" customHeight="1" ht="85">
       <c r="A311" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C311" s="1"/>
       <c r="D311" s="1" t="s">
         <v>697</v>
       </c>
       <c r="E311" s="3">
-        <v>7</v>
+        <v>8.5</v>
       </c>
       <c r="F311" s="3">
-        <v>6.44</v>
+        <v>7.82</v>
       </c>
       <c r="G311" s="3"/>
       <c r="H311" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="I311" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="312" spans="1:9" customHeight="1" ht="85">
       <c r="A312" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C312" s="1"/>
       <c r="D312" s="1" t="s">
         <v>699</v>
       </c>
       <c r="E312" s="3">
-        <v>6.5</v>
+        <v>7</v>
       </c>
       <c r="F312" s="3">
-        <v>5.98</v>
+        <v>6.44</v>
       </c>
       <c r="G312" s="3"/>
       <c r="H312" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="I312" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="313" spans="1:9" customHeight="1" ht="85">
       <c r="A313" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
         <v>701</v>
       </c>
       <c r="E313" s="3">
-        <v>7</v>
+        <v>6.5</v>
       </c>
       <c r="F313" s="3">
-        <v>6.44</v>
+        <v>5.98</v>
       </c>
       <c r="G313" s="3"/>
       <c r="H313" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I313" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="314" spans="1:9" customHeight="1" ht="85">
       <c r="A314" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C314" s="1"/>
       <c r="D314" s="1" t="s">
         <v>703</v>
       </c>
       <c r="E314" s="3">
-        <v>7.5</v>
+        <v>7</v>
       </c>
       <c r="F314" s="3">
-        <v>6.9</v>
+        <v>6.44</v>
       </c>
       <c r="G314" s="3"/>
       <c r="H314" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I314" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="315" spans="1:9" customHeight="1" ht="85">
       <c r="A315" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C315" s="1"/>
       <c r="D315" s="1" t="s">
         <v>705</v>
       </c>
       <c r="E315" s="3">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="F315" s="3">
-        <v>5.98</v>
+        <v>6.9</v>
       </c>
       <c r="G315" s="3"/>
       <c r="H315" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I315" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="316" spans="1:9" customHeight="1" ht="85">
       <c r="A316" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C316" s="1"/>
       <c r="D316" s="1" t="s">
         <v>707</v>
       </c>
       <c r="E316" s="3">
-        <v>7.5</v>
+        <v>6.5</v>
       </c>
       <c r="F316" s="3">
-        <v>6.9</v>
+        <v>5.98</v>
       </c>
       <c r="G316" s="3"/>
       <c r="H316" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I316" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="317" spans="1:9" customHeight="1" ht="85">
       <c r="A317" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C317" s="1"/>
       <c r="D317" s="1" t="s">
         <v>709</v>
       </c>
       <c r="E317" s="3">
         <v>7.5</v>
       </c>
       <c r="F317" s="3">
         <v>6.9</v>
       </c>
       <c r="G317" s="3"/>
       <c r="H317" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I317" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="318" spans="1:9" customHeight="1" ht="85">
       <c r="A318" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C318" s="1"/>
       <c r="D318" s="1" t="s">
         <v>711</v>
       </c>
       <c r="E318" s="3">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
       <c r="F318" s="3">
-        <v>7.82</v>
+        <v>6.9</v>
       </c>
       <c r="G318" s="3"/>
       <c r="H318" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I318" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="319" spans="1:9" customHeight="1" ht="85">
       <c r="A319" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C319" s="1"/>
       <c r="D319" s="1" t="s">
         <v>713</v>
       </c>
       <c r="E319" s="3">
-        <v>9</v>
+        <v>8.5</v>
       </c>
       <c r="F319" s="3">
-        <v>8.279999999999999</v>
+        <v>7.82</v>
       </c>
       <c r="G319" s="3"/>
       <c r="H319" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I319" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="320" spans="1:9" customHeight="1" ht="85">
       <c r="A320" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C320" s="1"/>
       <c r="D320" s="1" t="s">
         <v>715</v>
       </c>
       <c r="E320" s="3">
         <v>9</v>
       </c>
       <c r="F320" s="3">
         <v>8.279999999999999</v>
       </c>
       <c r="G320" s="3"/>
       <c r="H320" t="s">
         <v>21</v>
       </c>
       <c r="I320" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="321" spans="1:9" customHeight="1" ht="85">
       <c r="A321" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C321" s="1"/>
       <c r="D321" s="1" t="s">
         <v>717</v>
       </c>
       <c r="E321" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F321" s="3">
-        <v>5.52</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="G321" s="3"/>
       <c r="H321" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="I321" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="322" spans="1:9" customHeight="1" ht="85">
       <c r="A322" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C322" s="1"/>
       <c r="D322" s="1" t="s">
         <v>719</v>
       </c>
       <c r="E322" s="3">
         <v>6</v>
       </c>
       <c r="F322" s="3">
         <v>5.52</v>
       </c>
       <c r="G322" s="3"/>
       <c r="H322" t="s">
         <v>154</v>
       </c>
       <c r="I322" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="323" spans="1:9" customHeight="1" ht="85">
       <c r="A323" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C323" s="1"/>
       <c r="D323" s="1" t="s">
         <v>721</v>
       </c>
       <c r="E323" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F323" s="3">
-        <v>7.36</v>
+        <v>5.52</v>
       </c>
       <c r="G323" s="3"/>
       <c r="H323" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="I323" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="324" spans="1:9" customHeight="1" ht="85">
       <c r="A324" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C324" s="1"/>
       <c r="D324" s="1" t="s">
         <v>723</v>
       </c>
       <c r="E324" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F324" s="3">
-        <v>8.279999999999999</v>
+        <v>7.36</v>
       </c>
       <c r="G324" s="3"/>
       <c r="H324" t="s">
         <v>24</v>
       </c>
       <c r="I324" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="325" spans="1:9" customHeight="1" ht="85">
       <c r="A325" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C325" s="1"/>
       <c r="D325" s="1" t="s">
         <v>725</v>
       </c>
       <c r="E325" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F325" s="3">
-        <v>7.36</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="G325" s="3"/>
       <c r="H325" t="s">
         <v>24</v>
       </c>
       <c r="I325" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="326" spans="1:9" customHeight="1" ht="85">
       <c r="A326" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C326" s="1"/>
       <c r="D326" s="1" t="s">
         <v>727</v>
       </c>
       <c r="E326" s="3">
-        <v>6.5</v>
+        <v>8</v>
       </c>
       <c r="F326" s="3">
-        <v>5.98</v>
+        <v>7.36</v>
       </c>
       <c r="G326" s="3"/>
       <c r="H326" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="I326" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="327" spans="1:9" customHeight="1" ht="85">
       <c r="A327" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C327" s="1"/>
       <c r="D327" s="1" t="s">
         <v>729</v>
       </c>
       <c r="E327" s="3">
-        <v>5.5</v>
+        <v>6.5</v>
       </c>
       <c r="F327" s="3">
-        <v>5.06</v>
+        <v>5.98</v>
       </c>
       <c r="G327" s="3"/>
       <c r="H327" t="s">
         <v>154</v>
       </c>
       <c r="I327" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="328" spans="1:9" customHeight="1" ht="85">
       <c r="A328" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C328" s="1"/>
       <c r="D328" s="1" t="s">
         <v>731</v>
       </c>
       <c r="E328" s="3">
-        <v>6</v>
+        <v>5.5</v>
       </c>
       <c r="F328" s="3">
-        <v>5.52</v>
+        <v>5.06</v>
       </c>
       <c r="G328" s="3"/>
       <c r="H328" t="s">
         <v>154</v>
       </c>
       <c r="I328" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="329" spans="1:9" customHeight="1" ht="85">
       <c r="A329" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C329" s="1"/>
       <c r="D329" s="1" t="s">
         <v>733</v>
       </c>
       <c r="E329" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F329" s="3">
-        <v>4.6</v>
+        <v>5.52</v>
       </c>
       <c r="G329" s="3"/>
       <c r="H329" t="s">
         <v>154</v>
       </c>
       <c r="I329" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="330" spans="1:9" customHeight="1" ht="85">
       <c r="A330" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C330" s="1"/>
       <c r="D330" s="1" t="s">
         <v>735</v>
       </c>
       <c r="E330" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F330" s="3">
-        <v>7.36</v>
+        <v>4.6</v>
       </c>
       <c r="G330" s="3"/>
       <c r="H330" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="I330" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="331" spans="1:9" customHeight="1" ht="85">
       <c r="A331" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C331" s="1"/>
       <c r="D331" s="1" t="s">
         <v>737</v>
       </c>
       <c r="E331" s="3">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="F331" s="3">
-        <v>6.9</v>
+        <v>7.36</v>
       </c>
       <c r="G331" s="3"/>
       <c r="H331" t="s">
         <v>24</v>
       </c>
       <c r="I331" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="332" spans="1:9" customHeight="1" ht="85">
       <c r="A332" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C332" s="1"/>
       <c r="D332" s="1" t="s">
         <v>739</v>
       </c>
       <c r="E332" s="3">
-        <v>7</v>
+        <v>7.5</v>
       </c>
       <c r="F332" s="3">
-        <v>6.44</v>
+        <v>6.9</v>
       </c>
       <c r="G332" s="3"/>
       <c r="H332" t="s">
         <v>24</v>
       </c>
       <c r="I332" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="333" spans="1:9" customHeight="1" ht="85">
       <c r="A333" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C333" s="1"/>
       <c r="D333" s="1" t="s">
-        <v>523</v>
+        <v>741</v>
       </c>
       <c r="E333" s="3">
-        <v>9.5</v>
+        <v>7</v>
       </c>
       <c r="F333" s="3">
-        <v>8.74</v>
+        <v>6.44</v>
       </c>
       <c r="G333" s="3"/>
       <c r="H333" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="I333" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="334" spans="1:9" customHeight="1" ht="85">
       <c r="A334" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C334" s="1"/>
       <c r="D334" s="1" t="s">
-        <v>742</v>
+        <v>525</v>
       </c>
       <c r="E334" s="3">
-        <v>8.5</v>
+        <v>9.5</v>
       </c>
       <c r="F334" s="3">
-        <v>7.82</v>
+        <v>8.74</v>
       </c>
       <c r="G334" s="3"/>
       <c r="H334" t="s">
         <v>21</v>
       </c>
       <c r="I334" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="335" spans="1:9" customHeight="1" ht="85">
       <c r="A335" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C335" s="1"/>
       <c r="D335" s="1" t="s">
         <v>744</v>
       </c>
       <c r="E335" s="3">
-        <v>9</v>
+        <v>8.5</v>
       </c>
       <c r="F335" s="3">
-        <v>8.279999999999999</v>
+        <v>7.82</v>
       </c>
       <c r="G335" s="3"/>
       <c r="H335" t="s">
         <v>21</v>
       </c>
       <c r="I335" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="336" spans="1:9" customHeight="1" ht="85">
       <c r="A336" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C336" s="1"/>
       <c r="D336" s="1" t="s">
         <v>746</v>
       </c>
       <c r="E336" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F336" s="3">
-        <v>7.36</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="G336" s="3"/>
       <c r="H336" t="s">
         <v>21</v>
       </c>
       <c r="I336" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="337" spans="1:9" customHeight="1" ht="85">
       <c r="A337" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C337" s="1"/>
       <c r="D337" s="1" t="s">
-        <v>512</v>
+        <v>748</v>
       </c>
       <c r="E337" s="3">
         <v>8</v>
       </c>
       <c r="F337" s="3">
         <v>7.36</v>
       </c>
       <c r="G337" s="3"/>
       <c r="H337" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="I337" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="338" spans="1:9" customHeight="1" ht="85">
       <c r="A338" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C338" s="1"/>
       <c r="D338" s="1" t="s">
-        <v>749</v>
+        <v>514</v>
       </c>
       <c r="E338" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F338" s="3">
-        <v>9.199999999999999</v>
+        <v>7.36</v>
       </c>
       <c r="G338" s="3"/>
       <c r="H338" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I338" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="339" spans="1:9" customHeight="1" ht="85">
       <c r="A339" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C339" s="1"/>
       <c r="D339" s="1" t="s">
         <v>751</v>
       </c>
       <c r="E339" s="3">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F339" s="3">
-        <v>6.44</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="G339" s="3"/>
       <c r="H339" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="I339" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="340" spans="1:9" customHeight="1" ht="85">
       <c r="A340" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C340" s="1"/>
       <c r="D340" s="1" t="s">
         <v>753</v>
       </c>
       <c r="E340" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F340" s="3">
-        <v>7.36</v>
+        <v>6.44</v>
       </c>
       <c r="G340" s="3"/>
       <c r="H340" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I340" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="341" spans="1:9" customHeight="1" ht="85">
       <c r="A341" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C341" s="1"/>
       <c r="D341" s="1" t="s">
         <v>755</v>
       </c>
       <c r="E341" s="3">
-        <v>8.5</v>
+        <v>8</v>
       </c>
       <c r="F341" s="3">
-        <v>7.82</v>
+        <v>7.36</v>
       </c>
       <c r="G341" s="3"/>
       <c r="H341" t="s">
         <v>21</v>
       </c>
       <c r="I341" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="342" spans="1:9" customHeight="1" ht="85">
       <c r="A342" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C342" s="1"/>
       <c r="D342" s="1" t="s">
         <v>757</v>
       </c>
       <c r="E342" s="3">
-        <v>7</v>
+        <v>8.5</v>
       </c>
       <c r="F342" s="3">
-        <v>6.44</v>
+        <v>7.82</v>
       </c>
       <c r="G342" s="3"/>
       <c r="H342" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="I342" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="343" spans="1:9" customHeight="1" ht="85">
       <c r="A343" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C343" s="1"/>
       <c r="D343" s="1" t="s">
         <v>759</v>
       </c>
       <c r="E343" s="3">
-        <v>7.5</v>
+        <v>7</v>
       </c>
       <c r="F343" s="3">
-        <v>6.9</v>
+        <v>6.44</v>
       </c>
       <c r="G343" s="3"/>
       <c r="H343" t="s">
         <v>24</v>
       </c>
       <c r="I343" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="344" spans="1:9" customHeight="1" ht="85">
       <c r="A344" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C344" s="1"/>
       <c r="D344" s="1" t="s">
         <v>761</v>
       </c>
       <c r="E344" s="3">
-        <v>5</v>
+        <v>7.5</v>
       </c>
       <c r="F344" s="3">
-        <v>4.6</v>
+        <v>6.9</v>
       </c>
       <c r="G344" s="3"/>
       <c r="H344" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="I344" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="345" spans="1:9" customHeight="1" ht="85">
       <c r="A345" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C345" s="1"/>
       <c r="D345" s="1" t="s">
         <v>763</v>
       </c>
       <c r="E345" s="3">
-        <v>5.5</v>
+        <v>5</v>
       </c>
       <c r="F345" s="3">
-        <v>5.06</v>
+        <v>4.6</v>
       </c>
       <c r="G345" s="3"/>
       <c r="H345" t="s">
         <v>154</v>
       </c>
       <c r="I345" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="346" spans="1:9" customHeight="1" ht="85">
       <c r="A346" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>765</v>
+        <v>436</v>
       </c>
       <c r="C346" s="1"/>
       <c r="D346" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="E346" s="3">
-        <v>52.5</v>
+        <v>5.5</v>
       </c>
       <c r="F346" s="3">
-        <v>48.83</v>
+        <v>5.06</v>
       </c>
       <c r="G346" s="3"/>
       <c r="H346" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
       <c r="I346" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
     </row>
     <row r="347" spans="1:9" customHeight="1" ht="85">
       <c r="A347" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C347" s="1"/>
       <c r="D347" s="1" t="s">
         <v>768</v>
       </c>
       <c r="E347" s="3">
-        <v>54.5</v>
+        <v>52.5</v>
       </c>
       <c r="F347" s="3">
-        <v>50.69</v>
+        <v>48.83</v>
       </c>
       <c r="G347" s="3"/>
       <c r="H347" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I347" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="348" spans="1:9" customHeight="1" ht="85">
       <c r="A348" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C348" s="1"/>
       <c r="D348" s="1" t="s">
         <v>770</v>
       </c>
       <c r="E348" s="3">
-        <v>56.5</v>
+        <v>54.5</v>
       </c>
       <c r="F348" s="3">
-        <v>52.55</v>
+        <v>50.69</v>
       </c>
       <c r="G348" s="3"/>
       <c r="H348" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I348" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="349" spans="1:9" customHeight="1" ht="85">
       <c r="A349" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C349" s="1"/>
       <c r="D349" s="1" t="s">
         <v>772</v>
       </c>
       <c r="E349" s="3">
-        <v>58.5</v>
+        <v>56.5</v>
       </c>
       <c r="F349" s="3">
-        <v>54.41</v>
+        <v>52.55</v>
       </c>
       <c r="G349" s="3"/>
       <c r="H349" t="s">
-        <v>531</v>
+        <v>323</v>
       </c>
       <c r="I349" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="350" spans="1:9" customHeight="1" ht="85">
       <c r="A350" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C350" s="1"/>
       <c r="D350" s="1" t="s">
         <v>774</v>
       </c>
       <c r="E350" s="3">
-        <v>60.5</v>
+        <v>58.5</v>
       </c>
       <c r="F350" s="3">
-        <v>56.27</v>
+        <v>54.41</v>
       </c>
       <c r="G350" s="3"/>
       <c r="H350" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="I350" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="351" spans="1:9" customHeight="1" ht="85">
       <c r="A351" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C351" s="1"/>
       <c r="D351" s="1" t="s">
         <v>776</v>
       </c>
       <c r="E351" s="3">
-        <v>80</v>
+        <v>60.5</v>
       </c>
       <c r="F351" s="3">
-        <v>74.40000000000001</v>
+        <v>56.27</v>
       </c>
       <c r="G351" s="3"/>
       <c r="H351" t="s">
+        <v>533</v>
+      </c>
+      <c r="I351" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="352" spans="1:9" customHeight="1" ht="85">
       <c r="A352" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C352" s="1"/>
       <c r="D352" s="1" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="E352" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="F352" s="3">
-        <v>22.32</v>
+        <v>74.40000000000001</v>
       </c>
       <c r="G352" s="3"/>
       <c r="H352" t="s">
+        <v>779</v>
+      </c>
+      <c r="I352" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="353" spans="1:9" customHeight="1" ht="85">
       <c r="A353" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C353" s="1"/>
       <c r="D353" s="1" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="E353" s="3">
-        <v>592</v>
+        <v>24</v>
       </c>
       <c r="F353" s="3">
-        <v>550.5599999999999</v>
+        <v>22.32</v>
       </c>
       <c r="G353" s="3"/>
       <c r="H353" t="s">
+        <v>782</v>
+      </c>
+      <c r="I353" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="354" spans="1:9" customHeight="1" ht="85">
       <c r="A354" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C354" s="1"/>
       <c r="D354" s="1" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="E354" s="3">
-        <v>405</v>
+        <v>592</v>
       </c>
       <c r="F354" s="3">
-        <v>376.65</v>
+        <v>550.5599999999999</v>
       </c>
       <c r="G354" s="3"/>
       <c r="H354" t="s">
+        <v>785</v>
+      </c>
+      <c r="I354" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="355" spans="1:9" customHeight="1" ht="85">
       <c r="A355" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C355" s="1"/>
       <c r="D355" s="1" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="E355" s="3">
         <v>405</v>
       </c>
       <c r="F355" s="3">
         <v>376.65</v>
       </c>
       <c r="G355" s="3"/>
       <c r="H355" t="s">
+        <v>788</v>
+      </c>
+      <c r="I355" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="356" spans="1:9" customHeight="1" ht="85">
       <c r="A356" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C356" s="1"/>
       <c r="D356" s="1" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="E356" s="3">
-        <v>549</v>
+        <v>405</v>
       </c>
       <c r="F356" s="3">
-        <v>510.57</v>
+        <v>376.65</v>
       </c>
       <c r="G356" s="3"/>
       <c r="H356" t="s">
+        <v>791</v>
+      </c>
+      <c r="I356" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="357" spans="1:9" customHeight="1" ht="85">
       <c r="A357" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C357" s="1"/>
       <c r="D357" s="1" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="E357" s="3">
-        <v>405</v>
+        <v>549</v>
       </c>
       <c r="F357" s="3">
-        <v>376.65</v>
+        <v>510.57</v>
       </c>
       <c r="G357" s="3"/>
       <c r="H357" t="s">
+        <v>794</v>
+      </c>
+      <c r="I357" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="358" spans="1:9" customHeight="1" ht="85">
       <c r="A358" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C358" s="1"/>
       <c r="D358" s="1" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="E358" s="3">
-        <v>459</v>
+        <v>405</v>
       </c>
       <c r="F358" s="3">
-        <v>426.87</v>
+        <v>376.65</v>
       </c>
       <c r="G358" s="3"/>
       <c r="H358" t="s">
+        <v>797</v>
+      </c>
+      <c r="I358" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="359" spans="1:9" customHeight="1" ht="85">
       <c r="A359" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C359" s="1"/>
       <c r="D359" s="1" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="E359" s="3">
-        <v>495</v>
+        <v>459</v>
       </c>
       <c r="F359" s="3">
-        <v>460.35</v>
+        <v>426.87</v>
       </c>
       <c r="G359" s="3"/>
       <c r="H359" t="s">
+        <v>800</v>
+      </c>
+      <c r="I359" t="s">
         <v>801</v>
-      </c>
-[...1 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="360" spans="1:9" customHeight="1" ht="85">
       <c r="A360" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C360" s="1"/>
       <c r="D360" s="1" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="E360" s="3">
-        <v>405</v>
+        <v>495</v>
       </c>
       <c r="F360" s="3">
-        <v>376.65</v>
+        <v>460.35</v>
       </c>
       <c r="G360" s="3"/>
       <c r="H360" t="s">
+        <v>803</v>
+      </c>
+      <c r="I360" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="361" spans="1:9" customHeight="1" ht="85">
       <c r="A361" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C361" s="1"/>
       <c r="D361" s="1" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="E361" s="3">
         <v>405</v>
       </c>
       <c r="F361" s="3">
         <v>376.65</v>
       </c>
       <c r="G361" s="3"/>
       <c r="H361" t="s">
+        <v>806</v>
+      </c>
+      <c r="I361" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="362" spans="1:9" customHeight="1" ht="85">
       <c r="A362" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C362" s="1"/>
       <c r="D362" s="1" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="E362" s="3">
-        <v>27</v>
+        <v>405</v>
       </c>
       <c r="F362" s="3">
-        <v>25.11</v>
+        <v>376.65</v>
       </c>
       <c r="G362" s="3"/>
       <c r="H362" t="s">
-        <v>168</v>
+        <v>809</v>
       </c>
       <c r="I362" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="363" spans="1:9" customHeight="1" ht="85">
       <c r="A363" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C363" s="1"/>
       <c r="D363" s="1" t="s">
         <v>811</v>
       </c>
       <c r="E363" s="3">
-        <v>18.5</v>
+        <v>27</v>
       </c>
       <c r="F363" s="3">
-        <v>16.84</v>
+        <v>25.11</v>
       </c>
       <c r="G363" s="3"/>
       <c r="H363" t="s">
+        <v>168</v>
+      </c>
+      <c r="I363" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="364" spans="1:9" customHeight="1" ht="85">
       <c r="A364" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C364" s="1"/>
       <c r="D364" s="1" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="E364" s="3">
-        <v>20.5</v>
+        <v>18.5</v>
       </c>
       <c r="F364" s="3">
-        <v>18.66</v>
+        <v>16.84</v>
       </c>
       <c r="G364" s="3"/>
       <c r="H364" t="s">
-        <v>158</v>
+        <v>814</v>
       </c>
       <c r="I364" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="365" spans="1:9" customHeight="1" ht="85">
       <c r="A365" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C365" s="1"/>
       <c r="D365" s="1" t="s">
         <v>816</v>
       </c>
       <c r="E365" s="3">
-        <v>24.5</v>
+        <v>20.5</v>
       </c>
       <c r="F365" s="3">
-        <v>22.3</v>
+        <v>18.66</v>
       </c>
       <c r="G365" s="3"/>
       <c r="H365" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="I365" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="366" spans="1:9" customHeight="1" ht="85">
       <c r="A366" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C366" s="1"/>
       <c r="D366" s="1" t="s">
         <v>818</v>
       </c>
       <c r="E366" s="3">
-        <v>8.5</v>
+        <v>24.5</v>
       </c>
       <c r="F366" s="3">
-        <v>7.74</v>
+        <v>22.3</v>
       </c>
       <c r="G366" s="3"/>
       <c r="H366" t="s">
-        <v>36</v>
+        <v>174</v>
       </c>
       <c r="I366" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="367" spans="1:9" customHeight="1" ht="85">
       <c r="A367" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C367" s="1"/>
       <c r="D367" s="1" t="s">
         <v>820</v>
       </c>
       <c r="E367" s="3">
-        <v>29.5</v>
+        <v>8.5</v>
       </c>
       <c r="F367" s="3">
-        <v>26.85</v>
+        <v>7.74</v>
       </c>
       <c r="G367" s="3"/>
       <c r="H367" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="I367" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="368" spans="1:9" customHeight="1" ht="85">
       <c r="A368" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C368" s="1"/>
       <c r="D368" s="1" t="s">
         <v>822</v>
       </c>
       <c r="E368" s="3">
-        <v>3</v>
+        <v>29.5</v>
       </c>
       <c r="F368" s="3">
-        <v>2.73</v>
+        <v>26.85</v>
       </c>
       <c r="G368" s="3"/>
       <c r="H368" t="s">
+        <v>57</v>
+      </c>
+      <c r="I368" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="369" spans="1:9" customHeight="1" ht="85">
       <c r="A369" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C369" s="1"/>
       <c r="D369" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="E369" s="3">
-        <v>16.5</v>
+        <v>3</v>
       </c>
       <c r="F369" s="3">
-        <v>15.02</v>
+        <v>2.73</v>
       </c>
       <c r="G369" s="3"/>
       <c r="H369" t="s">
-        <v>171</v>
+        <v>825</v>
       </c>
       <c r="I369" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="370" spans="1:9" customHeight="1" ht="85">
       <c r="A370" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C370" s="1"/>
       <c r="D370" s="1" t="s">
         <v>827</v>
       </c>
       <c r="E370" s="3">
-        <v>14.5</v>
+        <v>16.5</v>
       </c>
       <c r="F370" s="3">
-        <v>13.2</v>
+        <v>15.02</v>
       </c>
       <c r="G370" s="3"/>
       <c r="H370" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="I370" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="371" spans="1:9" customHeight="1" ht="85">
       <c r="A371" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C371" s="1"/>
       <c r="D371" s="1" t="s">
         <v>829</v>
       </c>
       <c r="E371" s="3">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
       <c r="F371" s="3">
-        <v>11.38</v>
+        <v>13.2</v>
       </c>
       <c r="G371" s="3"/>
       <c r="H371" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="I371" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="372" spans="1:9" customHeight="1" ht="85">
       <c r="A372" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C372" s="1"/>
       <c r="D372" s="1" t="s">
         <v>831</v>
       </c>
       <c r="E372" s="3">
-        <v>10.5</v>
+        <v>12.5</v>
       </c>
       <c r="F372" s="3">
-        <v>9.56</v>
+        <v>11.38</v>
       </c>
       <c r="G372" s="3"/>
       <c r="H372" t="s">
-        <v>225</v>
+        <v>135</v>
       </c>
       <c r="I372" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="373" spans="1:9" customHeight="1" ht="85">
       <c r="A373" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C373" s="1"/>
       <c r="D373" s="1" t="s">
         <v>833</v>
       </c>
       <c r="E373" s="3">
-        <v>55.5</v>
+        <v>10.5</v>
       </c>
       <c r="F373" s="3">
-        <v>50.51</v>
+        <v>9.56</v>
       </c>
       <c r="G373" s="3"/>
       <c r="H373" t="s">
+        <v>227</v>
+      </c>
+      <c r="I373" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="374" spans="1:9" customHeight="1" ht="85">
       <c r="A374" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C374" s="1"/>
       <c r="D374" s="1" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="E374" s="3">
-        <v>63.5</v>
+        <v>55.5</v>
       </c>
       <c r="F374" s="3">
-        <v>57.79</v>
+        <v>50.51</v>
       </c>
       <c r="G374" s="3"/>
       <c r="H374" t="s">
-        <v>411</v>
+        <v>836</v>
       </c>
       <c r="I374" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="375" spans="1:9" customHeight="1" ht="85">
       <c r="A375" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C375" s="1"/>
       <c r="D375" s="1" t="s">
         <v>838</v>
       </c>
       <c r="E375" s="3">
-        <v>86.5</v>
+        <v>63.5</v>
       </c>
       <c r="F375" s="3">
-        <v>78.72</v>
+        <v>57.79</v>
       </c>
       <c r="G375" s="3"/>
       <c r="H375" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="I375" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="376" spans="1:9" customHeight="1" ht="85">
       <c r="A376" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>350</v>
+        <v>767</v>
       </c>
       <c r="C376" s="1"/>
       <c r="D376" s="1" t="s">
-        <v>351</v>
+        <v>840</v>
       </c>
       <c r="E376" s="3">
-        <v>43</v>
+        <v>86.5</v>
       </c>
       <c r="F376" s="3">
-        <v>40.85</v>
+        <v>78.72</v>
       </c>
       <c r="G376" s="3"/>
       <c r="H376" t="s">
-        <v>251</v>
+        <v>413</v>
       </c>
       <c r="I376" t="s">
-        <v>352</v>
+        <v>841</v>
       </c>
     </row>
     <row r="377" spans="1:9" customHeight="1" ht="85">
       <c r="A377" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C377" s="1"/>
       <c r="D377" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E377" s="3">
-        <v>40.5</v>
+        <v>43</v>
       </c>
       <c r="F377" s="3">
-        <v>38.48</v>
+        <v>40.85</v>
       </c>
       <c r="G377" s="3"/>
       <c r="H377" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="I377" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="378" spans="1:9" customHeight="1" ht="85">
       <c r="A378" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C378" s="1"/>
       <c r="D378" s="1" t="s">
         <v>355</v>
       </c>
       <c r="E378" s="3">
-        <v>38</v>
+        <v>40.5</v>
       </c>
       <c r="F378" s="3">
-        <v>36.1</v>
+        <v>38.48</v>
       </c>
       <c r="G378" s="3"/>
       <c r="H378" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="I378" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="379" spans="1:9" customHeight="1" ht="85">
       <c r="A379" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C379" s="1"/>
       <c r="D379" s="1" t="s">
         <v>357</v>
       </c>
       <c r="E379" s="3">
-        <v>41.5</v>
+        <v>38</v>
       </c>
       <c r="F379" s="3">
-        <v>39.43</v>
+        <v>36.1</v>
       </c>
       <c r="G379" s="3"/>
       <c r="H379" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I379" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="380" spans="1:9" customHeight="1" ht="85">
       <c r="A380" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C380" s="1"/>
       <c r="D380" s="1" t="s">
         <v>359</v>
       </c>
       <c r="E380" s="3">
-        <v>21</v>
+        <v>41.5</v>
       </c>
       <c r="F380" s="3">
-        <v>19.95</v>
+        <v>39.43</v>
       </c>
       <c r="G380" s="3"/>
       <c r="H380" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="I380" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="381" spans="1:9" customHeight="1" ht="85">
       <c r="A381" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C381" s="1"/>
       <c r="D381" s="1" t="s">
         <v>361</v>
       </c>
       <c r="E381" s="3">
-        <v>26.8</v>
+        <v>21</v>
       </c>
       <c r="F381" s="3">
-        <v>25.46</v>
+        <v>19.95</v>
       </c>
       <c r="G381" s="3"/>
       <c r="H381" t="s">
         <v>102</v>
       </c>
       <c r="I381" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="382" spans="1:9" customHeight="1" ht="85">
       <c r="A382" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>840</v>
+        <v>352</v>
       </c>
       <c r="C382" s="1"/>
       <c r="D382" s="1" t="s">
-        <v>841</v>
+        <v>363</v>
       </c>
       <c r="E382" s="3">
-        <v>5.8</v>
+        <v>26.8</v>
       </c>
       <c r="F382" s="3">
-        <v>5.39</v>
+        <v>25.46</v>
       </c>
       <c r="G382" s="3"/>
       <c r="H382" t="s">
-        <v>823</v>
+        <v>102</v>
       </c>
       <c r="I382" t="s">
-        <v>842</v>
+        <v>364</v>
       </c>
     </row>
     <row r="383" spans="1:9" customHeight="1" ht="85">
       <c r="A383" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C383" s="1"/>
       <c r="D383" s="1" t="s">
         <v>843</v>
       </c>
       <c r="E383" s="3">
-        <v>6.2</v>
+        <v>5.8</v>
       </c>
       <c r="F383" s="3">
-        <v>5.77</v>
+        <v>5.39</v>
       </c>
       <c r="G383" s="3"/>
       <c r="H383" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I383" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="384" spans="1:9" customHeight="1" ht="85">
       <c r="A384" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C384" s="1"/>
       <c r="D384" s="1" t="s">
         <v>845</v>
       </c>
       <c r="E384" s="3">
-        <v>6.8</v>
+        <v>6.2</v>
       </c>
       <c r="F384" s="3">
-        <v>6.32</v>
+        <v>5.77</v>
       </c>
       <c r="G384" s="3"/>
       <c r="H384" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I384" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="385" spans="1:9" customHeight="1" ht="85">
       <c r="A385" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C385" s="1"/>
       <c r="D385" s="1" t="s">
         <v>847</v>
       </c>
       <c r="E385" s="3">
-        <v>45</v>
+        <v>6.8</v>
       </c>
       <c r="F385" s="3">
-        <v>42.75</v>
+        <v>6.32</v>
       </c>
       <c r="G385" s="3"/>
       <c r="H385" t="s">
-        <v>321</v>
+        <v>825</v>
       </c>
       <c r="I385" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="386" spans="1:9" customHeight="1" ht="85">
       <c r="A386" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C386" s="1"/>
       <c r="D386" s="1" t="s">
         <v>849</v>
       </c>
       <c r="E386" s="3">
         <v>45</v>
       </c>
       <c r="F386" s="3">
         <v>42.75</v>
       </c>
       <c r="G386" s="3"/>
       <c r="H386" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I386" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="387" spans="1:9" customHeight="1" ht="85">
       <c r="A387" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C387" s="1"/>
       <c r="D387" s="1" t="s">
         <v>851</v>
       </c>
       <c r="E387" s="3">
         <v>45</v>
       </c>
       <c r="F387" s="3">
         <v>42.75</v>
       </c>
       <c r="G387" s="3"/>
       <c r="H387" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I387" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="388" spans="1:9" customHeight="1" ht="85">
       <c r="A388" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C388" s="1"/>
       <c r="D388" s="1" t="s">
         <v>853</v>
       </c>
       <c r="E388" s="3">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="F388" s="3">
-        <v>30.4</v>
+        <v>42.75</v>
       </c>
       <c r="G388" s="3"/>
       <c r="H388" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I388" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="389" spans="1:9" customHeight="1" ht="85">
       <c r="A389" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C389" s="1"/>
       <c r="D389" s="1" t="s">
         <v>855</v>
       </c>
       <c r="E389" s="3">
         <v>32</v>
       </c>
       <c r="F389" s="3">
         <v>30.4</v>
       </c>
       <c r="G389" s="3"/>
       <c r="H389" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I389" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="390" spans="1:9" customHeight="1" ht="85">
       <c r="A390" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C390" s="1"/>
       <c r="D390" s="1" t="s">
         <v>857</v>
       </c>
       <c r="E390" s="3">
         <v>32</v>
       </c>
       <c r="F390" s="3">
         <v>30.4</v>
       </c>
       <c r="G390" s="3"/>
       <c r="H390" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I390" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="391" spans="1:9" customHeight="1" ht="85">
       <c r="A391" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C391" s="1"/>
       <c r="D391" s="1" t="s">
         <v>859</v>
       </c>
       <c r="E391" s="3">
         <v>32</v>
       </c>
       <c r="F391" s="3">
         <v>30.4</v>
       </c>
       <c r="G391" s="3"/>
       <c r="H391" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I391" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="392" spans="1:9" customHeight="1" ht="85">
       <c r="A392" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C392" s="1"/>
       <c r="D392" s="1" t="s">
         <v>861</v>
       </c>
       <c r="E392" s="3">
         <v>32</v>
       </c>
       <c r="F392" s="3">
         <v>30.4</v>
       </c>
       <c r="G392" s="3"/>
       <c r="H392" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I392" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="393" spans="1:9" customHeight="1" ht="85">
       <c r="A393" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C393" s="1"/>
       <c r="D393" s="1" t="s">
         <v>863</v>
       </c>
       <c r="E393" s="3">
         <v>32</v>
       </c>
       <c r="F393" s="3">
         <v>30.4</v>
       </c>
       <c r="G393" s="3"/>
       <c r="H393" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I393" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="394" spans="1:9" customHeight="1" ht="85">
       <c r="A394" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C394" s="1"/>
       <c r="D394" s="1" t="s">
         <v>865</v>
       </c>
       <c r="E394" s="3">
         <v>32</v>
       </c>
       <c r="F394" s="3">
         <v>30.4</v>
       </c>
       <c r="G394" s="3"/>
       <c r="H394" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I394" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="395" spans="1:9" customHeight="1" ht="85">
       <c r="A395" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C395" s="1"/>
       <c r="D395" s="1" t="s">
         <v>867</v>
       </c>
       <c r="E395" s="3">
         <v>32</v>
       </c>
       <c r="F395" s="3">
         <v>30.4</v>
       </c>
       <c r="G395" s="3"/>
       <c r="H395" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I395" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="396" spans="1:9" customHeight="1" ht="85">
       <c r="A396" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C396" s="1"/>
       <c r="D396" s="1" t="s">
         <v>869</v>
       </c>
       <c r="E396" s="3">
         <v>32</v>
       </c>
       <c r="F396" s="3">
         <v>30.4</v>
       </c>
       <c r="G396" s="3"/>
       <c r="H396" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I396" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="397" spans="1:9" customHeight="1" ht="85">
       <c r="A397" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C397" s="1"/>
       <c r="D397" s="1" t="s">
         <v>871</v>
       </c>
       <c r="E397" s="3">
         <v>32</v>
       </c>
       <c r="F397" s="3">
         <v>30.4</v>
       </c>
       <c r="G397" s="3"/>
       <c r="H397" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I397" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="398" spans="1:9" customHeight="1" ht="85">
       <c r="A398" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C398" s="1"/>
       <c r="D398" s="1" t="s">
         <v>873</v>
       </c>
       <c r="E398" s="3">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F398" s="3">
-        <v>33.25</v>
+        <v>30.4</v>
       </c>
       <c r="G398" s="3"/>
       <c r="H398" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I398" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="399" spans="1:9" customHeight="1" ht="85">
       <c r="A399" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C399" s="1"/>
       <c r="D399" s="1" t="s">
         <v>875</v>
       </c>
       <c r="E399" s="3">
         <v>35</v>
       </c>
       <c r="F399" s="3">
         <v>33.25</v>
       </c>
       <c r="G399" s="3"/>
       <c r="H399" t="s">
-        <v>171</v>
+        <v>323</v>
       </c>
       <c r="I399" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="400" spans="1:9" customHeight="1" ht="85">
       <c r="A400" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C400" s="1"/>
       <c r="D400" s="1" t="s">
-        <v>849</v>
+        <v>877</v>
       </c>
       <c r="E400" s="3">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="F400" s="3">
-        <v>42.75</v>
+        <v>33.25</v>
       </c>
       <c r="G400" s="3"/>
       <c r="H400" t="s">
-        <v>321</v>
+        <v>171</v>
       </c>
       <c r="I400" t="s">
-        <v>850</v>
+        <v>878</v>
       </c>
     </row>
     <row r="401" spans="1:9" customHeight="1" ht="85">
       <c r="A401" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C401" s="1"/>
       <c r="D401" s="1" t="s">
-        <v>877</v>
+        <v>851</v>
       </c>
       <c r="E401" s="3">
         <v>45</v>
       </c>
       <c r="F401" s="3">
         <v>42.75</v>
       </c>
       <c r="G401" s="3"/>
       <c r="H401" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I401" t="s">
-        <v>878</v>
+        <v>852</v>
       </c>
     </row>
     <row r="402" spans="1:9" customHeight="1" ht="85">
       <c r="A402" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C402" s="1"/>
       <c r="D402" s="1" t="s">
         <v>879</v>
       </c>
       <c r="E402" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="F402" s="3">
-        <v>23</v>
+        <v>42.75</v>
       </c>
       <c r="G402" s="3"/>
       <c r="H402" t="s">
-        <v>174</v>
+        <v>323</v>
       </c>
       <c r="I402" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="403" spans="1:9" customHeight="1" ht="85">
       <c r="A403" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C403" s="1"/>
       <c r="D403" s="1" t="s">
         <v>881</v>
       </c>
       <c r="E403" s="3">
-        <v>30.5</v>
+        <v>25</v>
       </c>
       <c r="F403" s="3">
-        <v>28.06</v>
+        <v>23</v>
       </c>
       <c r="G403" s="3"/>
       <c r="H403" t="s">
         <v>174</v>
       </c>
       <c r="I403" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="404" spans="1:9" customHeight="1" ht="85">
       <c r="A404" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C404" s="1"/>
       <c r="D404" s="1" t="s">
         <v>883</v>
       </c>
       <c r="E404" s="3">
-        <v>49</v>
+        <v>30.5</v>
       </c>
       <c r="F404" s="3">
-        <v>45.08</v>
+        <v>28.06</v>
       </c>
       <c r="G404" s="3"/>
       <c r="H404" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="I404" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="405" spans="1:9" customHeight="1" ht="85">
       <c r="A405" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C405" s="1"/>
       <c r="D405" s="1" t="s">
         <v>885</v>
       </c>
       <c r="E405" s="3">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="F405" s="3">
-        <v>32.2</v>
+        <v>45.08</v>
       </c>
       <c r="G405" s="3"/>
       <c r="H405" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="I405" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="406" spans="1:9" customHeight="1" ht="85">
       <c r="A406" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C406" s="1"/>
       <c r="D406" s="1" t="s">
         <v>887</v>
       </c>
       <c r="E406" s="3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F406" s="3">
-        <v>27.6</v>
+        <v>32.2</v>
       </c>
       <c r="G406" s="3"/>
       <c r="H406" t="s">
+        <v>46</v>
+      </c>
+      <c r="I406" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="407" spans="1:9" customHeight="1" ht="85">
       <c r="A407" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C407" s="1"/>
       <c r="D407" s="1" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="E407" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F407" s="3">
-        <v>23</v>
+        <v>27.6</v>
       </c>
       <c r="G407" s="3"/>
       <c r="H407" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="I407" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="408" spans="1:9" customHeight="1" ht="85">
       <c r="A408" s="1" t="s">
-        <v>309</v>
+        <v>255</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>210</v>
+        <v>842</v>
       </c>
       <c r="C408" s="1"/>
       <c r="D408" s="1" t="s">
-        <v>310</v>
+        <v>892</v>
       </c>
       <c r="E408" s="3">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F408" s="3">
-        <v>12.35</v>
+        <v>23</v>
       </c>
       <c r="G408" s="3"/>
       <c r="H408" t="s">
-        <v>102</v>
+        <v>890</v>
       </c>
       <c r="I408" t="s">
-        <v>311</v>
+        <v>893</v>
       </c>
     </row>
     <row r="409" spans="1:9" customHeight="1" ht="85">
       <c r="A409" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C409" s="1"/>
       <c r="D409" s="1" t="s">
         <v>312</v>
       </c>
       <c r="E409" s="3">
         <v>13</v>
       </c>
       <c r="F409" s="3">
         <v>12.35</v>
       </c>
       <c r="G409" s="3"/>
       <c r="H409" t="s">
         <v>102</v>
       </c>
       <c r="I409" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="410" spans="1:9" customHeight="1" ht="85">
       <c r="A410" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C410" s="1"/>
       <c r="D410" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E410" s="3">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F410" s="3">
-        <v>21.85</v>
+        <v>12.35</v>
       </c>
       <c r="G410" s="3"/>
       <c r="H410" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="I410" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="411" spans="1:9" customHeight="1" ht="85">
       <c r="A411" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>309</v>
+        <v>212</v>
       </c>
       <c r="C411" s="1"/>
       <c r="D411" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E411" s="3">
-        <v>16.6</v>
+        <v>23</v>
       </c>
       <c r="F411" s="3">
-        <v>15.11</v>
+        <v>21.85</v>
       </c>
       <c r="G411" s="3"/>
       <c r="H411" t="s">
+        <v>31</v>
+      </c>
+      <c r="I411" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="412" spans="1:9" customHeight="1" ht="85">
       <c r="A412" s="1" t="s">
-        <v>892</v>
+        <v>311</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>893</v>
+        <v>311</v>
       </c>
       <c r="C412" s="1"/>
       <c r="D412" s="1" t="s">
-        <v>894</v>
+        <v>318</v>
       </c>
       <c r="E412" s="3">
-        <v>4</v>
+        <v>16.6</v>
       </c>
       <c r="F412" s="3">
-        <v>3.68</v>
+        <v>15.11</v>
       </c>
       <c r="G412" s="3"/>
       <c r="H412" t="s">
-        <v>171</v>
+        <v>319</v>
       </c>
       <c r="I412" t="s">
-        <v>895</v>
+        <v>320</v>
       </c>
     </row>
     <row r="413" spans="1:9" customHeight="1" ht="85">
       <c r="A413" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C413" s="1"/>
       <c r="D413" s="1" t="s">
         <v>896</v>
       </c>
       <c r="E413" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F413" s="3">
-        <v>5.52</v>
+        <v>3.68</v>
       </c>
       <c r="G413" s="3"/>
       <c r="H413" t="s">
-        <v>321</v>
+        <v>171</v>
       </c>
       <c r="I413" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="414" spans="1:9" customHeight="1" ht="85">
       <c r="A414" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>19</v>
+        <v>895</v>
       </c>
       <c r="C414" s="1"/>
       <c r="D414" s="1" t="s">
         <v>898</v>
       </c>
       <c r="E414" s="3">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="F414" s="3">
-        <v>121.6</v>
+        <v>5.52</v>
       </c>
       <c r="G414" s="3"/>
       <c r="H414" t="s">
-        <v>36</v>
+        <v>323</v>
       </c>
       <c r="I414" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="415" spans="1:9" customHeight="1" ht="85">
       <c r="A415" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C415" s="1"/>
       <c r="D415" s="1" t="s">
         <v>900</v>
       </c>
       <c r="E415" s="3">
-        <v>66</v>
+        <v>128</v>
       </c>
       <c r="F415" s="3">
-        <v>62.7</v>
+        <v>121.6</v>
       </c>
       <c r="G415" s="3"/>
       <c r="H415" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I415" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="416" spans="1:9" customHeight="1" ht="85">
       <c r="A416" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C416" s="1"/>
       <c r="D416" s="1" t="s">
         <v>902</v>
       </c>
       <c r="E416" s="3">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="F416" s="3">
-        <v>111.15</v>
+        <v>62.7</v>
       </c>
       <c r="G416" s="3"/>
       <c r="H416" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I416" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="417" spans="1:9" customHeight="1" ht="85">
       <c r="A417" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C417" s="1"/>
       <c r="D417" s="1" t="s">
         <v>904</v>
       </c>
       <c r="E417" s="3">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="F417" s="3">
-        <v>98.8</v>
+        <v>111.15</v>
       </c>
       <c r="G417" s="3"/>
       <c r="H417" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I417" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="418" spans="1:9" customHeight="1" ht="85">
       <c r="A418" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C418" s="1"/>
       <c r="D418" s="1" t="s">
         <v>906</v>
       </c>
       <c r="E418" s="3">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="F418" s="3">
-        <v>57</v>
+        <v>98.8</v>
       </c>
       <c r="G418" s="3"/>
       <c r="H418" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I418" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="419" spans="1:9" customHeight="1" ht="85">
       <c r="A419" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>908</v>
+        <v>19</v>
       </c>
       <c r="C419" s="1"/>
       <c r="D419" s="1" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="E419" s="3">
-        <v>20.5</v>
+        <v>60</v>
       </c>
       <c r="F419" s="3">
-        <v>19.07</v>
+        <v>57</v>
       </c>
       <c r="G419" s="3"/>
       <c r="H419" t="s">
-        <v>260</v>
+        <v>36</v>
       </c>
       <c r="I419" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
     </row>
     <row r="420" spans="1:9" customHeight="1" ht="85">
       <c r="A420" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C420" s="1"/>
       <c r="D420" s="1" t="s">
         <v>911</v>
       </c>
       <c r="E420" s="3">
         <v>20.5</v>
       </c>
       <c r="F420" s="3">
         <v>19.07</v>
       </c>
       <c r="G420" s="3"/>
       <c r="H420" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I420" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="421" spans="1:9" customHeight="1" ht="85">
       <c r="A421" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C421" s="1"/>
       <c r="D421" s="1" t="s">
         <v>913</v>
       </c>
       <c r="E421" s="3">
         <v>20.5</v>
       </c>
       <c r="F421" s="3">
         <v>19.07</v>
       </c>
       <c r="G421" s="3"/>
       <c r="H421" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I421" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="422" spans="1:9" customHeight="1" ht="85">
       <c r="A422" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C422" s="1"/>
       <c r="D422" s="1" t="s">
         <v>915</v>
       </c>
       <c r="E422" s="3">
         <v>20.5</v>
       </c>
       <c r="F422" s="3">
         <v>19.07</v>
       </c>
       <c r="G422" s="3"/>
       <c r="H422" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I422" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="423" spans="1:9" customHeight="1" ht="85">
       <c r="A423" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C423" s="1"/>
       <c r="D423" s="1" t="s">
         <v>917</v>
       </c>
       <c r="E423" s="3">
         <v>20.5</v>
       </c>
       <c r="F423" s="3">
         <v>19.07</v>
       </c>
       <c r="G423" s="3"/>
       <c r="H423" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I423" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="424" spans="1:9" customHeight="1" ht="85">
       <c r="A424" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C424" s="1"/>
       <c r="D424" s="1" t="s">
         <v>919</v>
       </c>
       <c r="E424" s="3">
         <v>20.5</v>
       </c>
       <c r="F424" s="3">
         <v>19.07</v>
       </c>
       <c r="G424" s="3"/>
       <c r="H424" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I424" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="425" spans="1:9" customHeight="1" ht="85">
       <c r="A425" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C425" s="1"/>
       <c r="D425" s="1" t="s">
         <v>921</v>
       </c>
       <c r="E425" s="3">
         <v>20.5</v>
       </c>
       <c r="F425" s="3">
         <v>19.07</v>
       </c>
       <c r="G425" s="3"/>
       <c r="H425" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I425" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="426" spans="1:9" customHeight="1" ht="85">
       <c r="A426" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C426" s="1"/>
       <c r="D426" s="1" t="s">
         <v>923</v>
       </c>
       <c r="E426" s="3">
         <v>20.5</v>
       </c>
       <c r="F426" s="3">
         <v>19.07</v>
       </c>
       <c r="G426" s="3"/>
       <c r="H426" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I426" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="427" spans="1:9" customHeight="1" ht="85">
       <c r="A427" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C427" s="1"/>
       <c r="D427" s="1" t="s">
         <v>925</v>
       </c>
       <c r="E427" s="3">
         <v>20.5</v>
       </c>
       <c r="F427" s="3">
         <v>19.07</v>
       </c>
       <c r="G427" s="3"/>
       <c r="H427" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I427" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="428" spans="1:9" customHeight="1" ht="85">
       <c r="A428" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C428" s="1"/>
       <c r="D428" s="1" t="s">
         <v>927</v>
       </c>
       <c r="E428" s="3">
         <v>20.5</v>
       </c>
       <c r="F428" s="3">
-        <v>19.48</v>
+        <v>19.07</v>
       </c>
       <c r="G428" s="3"/>
       <c r="H428" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I428" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="429" spans="1:9" customHeight="1" ht="85">
       <c r="A429" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C429" s="1"/>
       <c r="D429" s="1" t="s">
         <v>929</v>
       </c>
       <c r="E429" s="3">
-        <v>14.4</v>
+        <v>20.5</v>
       </c>
       <c r="F429" s="3">
-        <v>13.68</v>
+        <v>19.48</v>
       </c>
       <c r="G429" s="3"/>
       <c r="H429" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I429" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="430" spans="1:9" customHeight="1" ht="85">
       <c r="A430" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C430" s="1"/>
       <c r="D430" s="1" t="s">
         <v>931</v>
       </c>
       <c r="E430" s="3">
         <v>14.4</v>
       </c>
       <c r="F430" s="3">
         <v>13.68</v>
       </c>
       <c r="G430" s="3"/>
       <c r="H430" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I430" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="431" spans="1:9" customHeight="1" ht="85">
       <c r="A431" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C431" s="1"/>
       <c r="D431" s="1" t="s">
         <v>933</v>
       </c>
       <c r="E431" s="3">
         <v>14.4</v>
       </c>
       <c r="F431" s="3">
         <v>13.68</v>
       </c>
       <c r="G431" s="3"/>
       <c r="H431" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I431" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="432" spans="1:9" customHeight="1" ht="85">
       <c r="A432" s="1" t="s">
-        <v>935</v>
+        <v>894</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>936</v>
+        <v>910</v>
       </c>
       <c r="C432" s="1"/>
       <c r="D432" s="1" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="E432" s="3">
-        <v>2.7</v>
+        <v>14.4</v>
       </c>
       <c r="F432" s="3">
-        <v>2.57</v>
+        <v>13.68</v>
       </c>
       <c r="G432" s="3"/>
       <c r="H432" t="s">
-        <v>606</v>
+        <v>262</v>
       </c>
       <c r="I432" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
     </row>
     <row r="433" spans="1:9" customHeight="1" ht="85">
       <c r="A433" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C433" s="1"/>
       <c r="D433" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E433" s="3">
-        <v>3.2</v>
+        <v>2.7</v>
       </c>
       <c r="F433" s="3">
-        <v>3.04</v>
+        <v>2.57</v>
       </c>
       <c r="G433" s="3"/>
       <c r="H433" t="s">
-        <v>24</v>
+        <v>608</v>
       </c>
       <c r="I433" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="434" spans="1:9" customHeight="1" ht="85">
       <c r="A434" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C434" s="1"/>
       <c r="D434" s="1" t="s">
         <v>941</v>
       </c>
       <c r="E434" s="3">
-        <v>0.14</v>
+        <v>3.2</v>
       </c>
       <c r="F434" s="3">
-        <v>0.13</v>
+        <v>3.04</v>
       </c>
       <c r="G434" s="3"/>
       <c r="H434" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
       <c r="I434" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="435" spans="1:9" customHeight="1" ht="85">
       <c r="A435" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C435" s="1"/>
       <c r="D435" s="1" t="s">
         <v>943</v>
       </c>
       <c r="E435" s="3">
-        <v>0.27</v>
+        <v>0.14</v>
       </c>
       <c r="F435" s="3">
-        <v>0.26</v>
+        <v>0.13</v>
       </c>
       <c r="G435" s="3"/>
       <c r="H435" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I435" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="436" spans="1:9" customHeight="1" ht="85">
       <c r="A436" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C436" s="1"/>
       <c r="D436" s="1" t="s">
         <v>945</v>
       </c>
       <c r="E436" s="3">
-        <v>1.1</v>
+        <v>0.27</v>
       </c>
       <c r="F436" s="3">
-        <v>1.05</v>
+        <v>0.26</v>
       </c>
       <c r="G436" s="3"/>
       <c r="H436" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I436" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="437" spans="1:9" customHeight="1" ht="85">
       <c r="A437" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C437" s="1"/>
       <c r="D437" s="1" t="s">
         <v>947</v>
       </c>
       <c r="E437" s="3">
-        <v>2.5</v>
+        <v>1.1</v>
       </c>
       <c r="F437" s="3">
-        <v>2.38</v>
+        <v>1.05</v>
       </c>
       <c r="G437" s="3"/>
       <c r="H437" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I437" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="438" spans="1:9" customHeight="1" ht="85">
       <c r="A438" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C438" s="1"/>
       <c r="D438" s="1" t="s">
         <v>949</v>
       </c>
       <c r="E438" s="3">
-        <v>0.14</v>
+        <v>2.5</v>
       </c>
       <c r="F438" s="3">
-        <v>0.13</v>
+        <v>2.38</v>
       </c>
       <c r="G438" s="3"/>
       <c r="H438" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I438" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="439" spans="1:9" customHeight="1" ht="85">
       <c r="A439" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C439" s="1"/>
       <c r="D439" s="1" t="s">
         <v>951</v>
       </c>
       <c r="E439" s="3">
-        <v>2.3</v>
+        <v>0.14</v>
       </c>
       <c r="F439" s="3">
-        <v>2.19</v>
+        <v>0.13</v>
       </c>
       <c r="G439" s="3"/>
       <c r="H439" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I439" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="440" spans="1:9" customHeight="1" ht="85">
       <c r="A440" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>953</v>
+        <v>938</v>
       </c>
       <c r="C440" s="1"/>
       <c r="D440" s="1" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="E440" s="3">
-        <v>7</v>
+        <v>2.3</v>
       </c>
       <c r="F440" s="3">
-        <v>6.51</v>
+        <v>2.19</v>
       </c>
       <c r="G440" s="3"/>
       <c r="H440" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I440" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
     </row>
     <row r="441" spans="1:9" customHeight="1" ht="85">
       <c r="A441" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C441" s="1"/>
       <c r="D441" s="1" t="s">
         <v>956</v>
       </c>
       <c r="E441" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F441" s="3">
-        <v>8.369999999999999</v>
+        <v>6.51</v>
       </c>
       <c r="G441" s="3"/>
       <c r="H441" t="s">
-        <v>214</v>
+        <v>467</v>
       </c>
       <c r="I441" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="442" spans="1:9" customHeight="1" ht="85">
       <c r="A442" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C442" s="1"/>
       <c r="D442" s="1" t="s">
         <v>958</v>
       </c>
       <c r="E442" s="3">
-        <v>11.2</v>
+        <v>9</v>
       </c>
       <c r="F442" s="3">
-        <v>10.42</v>
+        <v>8.369999999999999</v>
       </c>
       <c r="G442" s="3"/>
       <c r="H442" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="I442" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="443" spans="1:9" customHeight="1" ht="85">
       <c r="A443" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C443" s="1"/>
       <c r="D443" s="1" t="s">
         <v>960</v>
       </c>
       <c r="E443" s="3">
-        <v>10</v>
+        <v>11.2</v>
       </c>
       <c r="F443" s="3">
-        <v>9.300000000000001</v>
+        <v>10.42</v>
       </c>
       <c r="G443" s="3"/>
       <c r="H443" t="s">
-        <v>225</v>
+        <v>31</v>
       </c>
       <c r="I443" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="444" spans="1:9" customHeight="1" ht="85">
       <c r="A444" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C444" s="1"/>
       <c r="D444" s="1" t="s">
         <v>962</v>
       </c>
       <c r="E444" s="3">
-        <v>12.5</v>
+        <v>10</v>
       </c>
       <c r="F444" s="3">
-        <v>11.63</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="G444" s="3"/>
       <c r="H444" t="s">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="I444" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="445" spans="1:9" customHeight="1" ht="85">
       <c r="A445" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C445" s="1"/>
       <c r="D445" s="1" t="s">
         <v>964</v>
       </c>
       <c r="E445" s="3">
-        <v>13.5</v>
+        <v>12.5</v>
       </c>
       <c r="F445" s="3">
-        <v>12.56</v>
+        <v>11.63</v>
       </c>
       <c r="G445" s="3"/>
       <c r="H445" t="s">
-        <v>225</v>
+        <v>46</v>
       </c>
       <c r="I445" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="446" spans="1:9" customHeight="1" ht="85">
       <c r="A446" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C446" s="1"/>
       <c r="D446" s="1" t="s">
         <v>966</v>
       </c>
       <c r="E446" s="3">
-        <v>22.5</v>
+        <v>13.5</v>
       </c>
       <c r="F446" s="3">
-        <v>20.93</v>
+        <v>12.56</v>
       </c>
       <c r="G446" s="3"/>
       <c r="H446" t="s">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="I446" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="447" spans="1:9" customHeight="1" ht="85">
       <c r="A447" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="C447" s="1"/>
       <c r="D447" s="1" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="E447" s="3">
-        <v>60</v>
+        <v>22.5</v>
       </c>
       <c r="F447" s="3">
-        <v>55.8</v>
+        <v>20.93</v>
       </c>
       <c r="G447" s="3"/>
       <c r="H447" t="s">
-        <v>465</v>
+        <v>46</v>
       </c>
       <c r="I447" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
     </row>
     <row r="448" spans="1:9" customHeight="1" ht="85">
       <c r="A448" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C448" s="1"/>
       <c r="D448" s="1" t="s">
         <v>971</v>
       </c>
       <c r="E448" s="3">
-        <v>0.6</v>
+        <v>60</v>
       </c>
       <c r="F448" s="3">
-        <v>0.5600000000000001</v>
+        <v>55.8</v>
       </c>
       <c r="G448" s="3"/>
       <c r="H448" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I448" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="449" spans="1:9" customHeight="1" ht="85">
       <c r="A449" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C449" s="1"/>
       <c r="D449" s="1" t="s">
         <v>973</v>
       </c>
       <c r="E449" s="3">
         <v>0.6</v>
       </c>
       <c r="F449" s="3">
         <v>0.5600000000000001</v>
       </c>
       <c r="G449" s="3"/>
       <c r="H449" t="s">
-        <v>102</v>
+        <v>467</v>
       </c>
       <c r="I449" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="450" spans="1:9" customHeight="1" ht="85">
       <c r="A450" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C450" s="1"/>
       <c r="D450" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E450" s="3">
         <v>0.6</v>
       </c>
       <c r="F450" s="3">
         <v>0.5600000000000001</v>
       </c>
       <c r="G450" s="3"/>
       <c r="H450" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="I450" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="451" spans="1:9" customHeight="1" ht="85">
       <c r="A451" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C451" s="1"/>
       <c r="D451" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="E451" s="3">
         <v>0.6</v>
       </c>
       <c r="F451" s="3">
         <v>0.5600000000000001</v>
       </c>
       <c r="G451" s="3"/>
       <c r="H451" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="I451" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="452" spans="1:9" customHeight="1" ht="85">
       <c r="A452" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C452" s="1"/>
       <c r="D452" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="E452" s="3">
         <v>0.6</v>
       </c>
       <c r="F452" s="3">
         <v>0.5600000000000001</v>
       </c>
       <c r="G452" s="3"/>
       <c r="H452" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
       <c r="I452" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="453" spans="1:9" customHeight="1" ht="85">
       <c r="A453" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C453" s="1"/>
       <c r="D453" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E453" s="3">
-        <v>60</v>
+        <v>0.6</v>
       </c>
       <c r="F453" s="3">
-        <v>55.8</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="G453" s="3"/>
       <c r="H453" t="s">
-        <v>154</v>
+        <v>467</v>
       </c>
       <c r="I453" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
     </row>
     <row r="454" spans="1:9" customHeight="1" ht="85">
       <c r="A454" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C454" s="1"/>
       <c r="D454" s="1" t="s">
         <v>979</v>
       </c>
       <c r="E454" s="3">
-        <v>0.6</v>
+        <v>60</v>
       </c>
       <c r="F454" s="3">
-        <v>0.5600000000000001</v>
+        <v>55.8</v>
       </c>
       <c r="G454" s="3"/>
       <c r="H454" t="s">
-        <v>465</v>
+        <v>154</v>
       </c>
       <c r="I454" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
     </row>
     <row r="455" spans="1:9" customHeight="1" ht="85">
       <c r="A455" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C455" s="1"/>
       <c r="D455" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E455" s="3">
-        <v>60</v>
+        <v>0.6</v>
       </c>
       <c r="F455" s="3">
-        <v>55.8</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="G455" s="3"/>
       <c r="H455" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I455" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
     </row>
     <row r="456" spans="1:9" customHeight="1" ht="85">
       <c r="A456" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C456" s="1"/>
       <c r="D456" s="1" t="s">
         <v>982</v>
       </c>
       <c r="E456" s="3">
         <v>60</v>
       </c>
       <c r="F456" s="3">
         <v>55.8</v>
       </c>
       <c r="G456" s="3"/>
       <c r="H456" t="s">
-        <v>102</v>
+        <v>467</v>
       </c>
       <c r="I456" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="457" spans="1:9" customHeight="1" ht="85">
       <c r="A457" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C457" s="1"/>
       <c r="D457" s="1" t="s">
         <v>984</v>
       </c>
       <c r="E457" s="3">
         <v>60</v>
       </c>
       <c r="F457" s="3">
         <v>55.8</v>
       </c>
       <c r="G457" s="3"/>
       <c r="H457" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="I457" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="458" spans="1:9" customHeight="1" ht="85">
       <c r="A458" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C458" s="1"/>
       <c r="D458" s="1" t="s">
         <v>986</v>
       </c>
       <c r="E458" s="3">
         <v>60</v>
       </c>
       <c r="F458" s="3">
         <v>55.8</v>
       </c>
       <c r="G458" s="3"/>
       <c r="H458" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
       <c r="I458" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="459" spans="1:9" customHeight="1" ht="85">
       <c r="A459" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="C459" s="1"/>
       <c r="D459" s="1" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="E459" s="3">
-        <v>1.2</v>
+        <v>60</v>
       </c>
       <c r="F459" s="3">
-        <v>1.14</v>
+        <v>55.8</v>
       </c>
       <c r="G459" s="3"/>
       <c r="H459" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I459" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
     </row>
     <row r="460" spans="1:9" customHeight="1" ht="85">
       <c r="A460" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="C460" s="1"/>
       <c r="D460" s="1" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="E460" s="3">
-        <v>140</v>
+        <v>1.2</v>
       </c>
       <c r="F460" s="3">
-        <v>130.2</v>
+        <v>1.14</v>
       </c>
       <c r="G460" s="3"/>
       <c r="H460" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I460" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
     </row>
     <row r="461" spans="1:9" customHeight="1" ht="85">
       <c r="A461" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C461" s="1"/>
       <c r="D461" s="1" t="s">
         <v>994</v>
       </c>
       <c r="E461" s="3">
         <v>140</v>
       </c>
       <c r="F461" s="3">
         <v>130.2</v>
       </c>
       <c r="G461" s="3"/>
       <c r="H461" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I461" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="462" spans="1:9" customHeight="1" ht="85">
       <c r="A462" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C462" s="1"/>
       <c r="D462" s="1" t="s">
         <v>996</v>
       </c>
       <c r="E462" s="3">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="F462" s="3">
-        <v>139.5</v>
+        <v>130.2</v>
       </c>
       <c r="G462" s="3"/>
       <c r="H462" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I462" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="463" spans="1:9" customHeight="1" ht="85">
       <c r="A463" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C463" s="1"/>
       <c r="D463" s="1" t="s">
         <v>998</v>
       </c>
       <c r="E463" s="3">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="F463" s="3">
-        <v>158.1</v>
+        <v>139.5</v>
       </c>
       <c r="G463" s="3"/>
       <c r="H463" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I463" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="464" spans="1:9" customHeight="1" ht="85">
       <c r="A464" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C464" s="1"/>
       <c r="D464" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="E464" s="3">
         <v>170</v>
       </c>
       <c r="F464" s="3">
         <v>158.1</v>
       </c>
       <c r="G464" s="3"/>
       <c r="H464" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I464" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="465" spans="1:9" customHeight="1" ht="85">
       <c r="A465" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C465" s="1"/>
       <c r="D465" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="E465" s="3">
         <v>170</v>
       </c>
       <c r="F465" s="3">
         <v>158.1</v>
       </c>
       <c r="G465" s="3"/>
       <c r="H465" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I465" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="466" spans="1:9" customHeight="1" ht="85">
       <c r="A466" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C466" s="1"/>
       <c r="D466" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="E466" s="3">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="F466" s="3">
-        <v>186</v>
+        <v>158.1</v>
       </c>
       <c r="G466" s="3"/>
       <c r="H466" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I466" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="467" spans="1:9" customHeight="1" ht="85">
       <c r="A467" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C467" s="1"/>
       <c r="D467" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="E467" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="F467" s="3">
-        <v>74.40000000000001</v>
+        <v>186</v>
       </c>
       <c r="G467" s="3"/>
       <c r="H467" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I467" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="468" spans="1:9" customHeight="1" ht="85">
       <c r="A468" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="C468" s="1"/>
       <c r="D468" s="1" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
       <c r="E468" s="3">
-        <v>11.5</v>
+        <v>80</v>
       </c>
       <c r="F468" s="3">
-        <v>10.7</v>
+        <v>74.40000000000001</v>
       </c>
       <c r="G468" s="3"/>
       <c r="H468" t="s">
-        <v>214</v>
+        <v>467</v>
       </c>
       <c r="I468" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="469" spans="1:9" customHeight="1" ht="85">
       <c r="A469" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C469" s="1"/>
       <c r="D469" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="E469" s="3">
-        <v>19.6</v>
+        <v>11.5</v>
       </c>
       <c r="F469" s="3">
-        <v>18.23</v>
+        <v>10.7</v>
       </c>
       <c r="G469" s="3"/>
       <c r="H469" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="I469" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="470" spans="1:9" customHeight="1" ht="85">
       <c r="A470" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="C470" s="1"/>
       <c r="D470" s="1" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="E470" s="3">
-        <v>2.1</v>
+        <v>19.6</v>
       </c>
       <c r="F470" s="3">
-        <v>2</v>
+        <v>18.23</v>
       </c>
       <c r="G470" s="3"/>
       <c r="H470" t="s">
-        <v>102</v>
+        <v>154</v>
       </c>
       <c r="I470" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="471" spans="1:9" customHeight="1" ht="85">
       <c r="A471" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C471" s="1"/>
       <c r="D471" s="1" t="s">
-        <v>580</v>
+        <v>1016</v>
       </c>
       <c r="E471" s="3">
-        <v>1.5</v>
+        <v>2.1</v>
       </c>
       <c r="F471" s="3">
-        <v>1.43</v>
+        <v>2</v>
       </c>
       <c r="G471" s="3"/>
       <c r="H471" t="s">
-        <v>578</v>
+        <v>102</v>
       </c>
       <c r="I471" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="472" spans="1:9" customHeight="1" ht="85">
       <c r="A472" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C472" s="1"/>
       <c r="D472" s="1" t="s">
-        <v>1017</v>
+        <v>582</v>
       </c>
       <c r="E472" s="3">
-        <v>4</v>
+        <v>1.5</v>
       </c>
       <c r="F472" s="3">
-        <v>3.8</v>
+        <v>1.43</v>
       </c>
       <c r="G472" s="3"/>
       <c r="H472" t="s">
-        <v>102</v>
+        <v>580</v>
       </c>
       <c r="I472" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="473" spans="1:9" customHeight="1" ht="85">
       <c r="A473" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C473" s="1"/>
       <c r="D473" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="E473" s="3">
-        <v>1.5</v>
+        <v>4</v>
       </c>
       <c r="F473" s="3">
-        <v>1.43</v>
+        <v>3.8</v>
       </c>
       <c r="G473" s="3"/>
       <c r="H473" t="s">
+        <v>102</v>
+      </c>
+      <c r="I473" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="474" spans="1:9" customHeight="1" ht="85">
       <c r="A474" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C474" s="1"/>
       <c r="D474" s="1" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="E474" s="3">
-        <v>10.5</v>
+        <v>1.5</v>
       </c>
       <c r="F474" s="3">
-        <v>9.98</v>
+        <v>1.43</v>
       </c>
       <c r="G474" s="3"/>
       <c r="H474" t="s">
-        <v>24</v>
+        <v>1022</v>
       </c>
       <c r="I474" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="475" spans="1:9" customHeight="1" ht="85">
       <c r="A475" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C475" s="1"/>
       <c r="D475" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="E475" s="3">
-        <v>6</v>
+        <v>10.5</v>
       </c>
       <c r="F475" s="3">
-        <v>5.7</v>
+        <v>9.98</v>
       </c>
       <c r="G475" s="3"/>
       <c r="H475" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="I475" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="476" spans="1:9" customHeight="1" ht="85">
       <c r="A476" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C476" s="1"/>
       <c r="D476" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="E476" s="3">
-        <v>16.3</v>
+        <v>6</v>
       </c>
       <c r="F476" s="3">
-        <v>15.49</v>
+        <v>5.7</v>
       </c>
       <c r="G476" s="3"/>
       <c r="H476" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="I476" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="477" spans="1:9" customHeight="1" ht="85">
       <c r="A477" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C477" s="1"/>
       <c r="D477" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="E477" s="3">
-        <v>13</v>
+        <v>16.3</v>
       </c>
       <c r="F477" s="3">
-        <v>12.35</v>
+        <v>15.49</v>
       </c>
       <c r="G477" s="3"/>
       <c r="H477" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I477" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="478" spans="1:9" customHeight="1" ht="85">
       <c r="A478" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C478" s="1"/>
       <c r="D478" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="E478" s="3">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F478" s="3">
-        <v>9.5</v>
+        <v>12.35</v>
       </c>
       <c r="G478" s="3"/>
       <c r="H478" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="I478" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="479" spans="1:9" customHeight="1" ht="85">
       <c r="A479" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C479" s="1"/>
       <c r="D479" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="E479" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F479" s="3">
-        <v>0.95</v>
+        <v>9.5</v>
       </c>
       <c r="G479" s="3"/>
       <c r="H479" t="s">
-        <v>214</v>
+        <v>102</v>
       </c>
       <c r="I479" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="480" spans="1:9" customHeight="1" ht="85">
       <c r="A480" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C480" s="1"/>
       <c r="D480" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="E480" s="3">
-        <v>1.2</v>
+        <v>1</v>
       </c>
       <c r="F480" s="3">
-        <v>1.14</v>
+        <v>0.95</v>
       </c>
       <c r="G480" s="3"/>
       <c r="H480" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="I480" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="481" spans="1:9" customHeight="1" ht="85">
       <c r="A481" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C481" s="1"/>
       <c r="D481" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="E481" s="3">
-        <v>3</v>
+        <v>1.2</v>
       </c>
       <c r="F481" s="3">
-        <v>2.85</v>
+        <v>1.14</v>
       </c>
       <c r="G481" s="3"/>
       <c r="H481" t="s">
         <v>102</v>
       </c>
       <c r="I481" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="482" spans="1:9" customHeight="1" ht="85">
       <c r="A482" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C482" s="1"/>
       <c r="D482" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="E482" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F482" s="3">
-        <v>4.75</v>
+        <v>2.85</v>
       </c>
       <c r="G482" s="3"/>
       <c r="H482" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="I482" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="483" spans="1:9" customHeight="1" ht="85">
       <c r="A483" s="1" t="s">
-        <v>1040</v>
+        <v>937</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1041</v>
+        <v>1015</v>
       </c>
       <c r="C483" s="1"/>
       <c r="D483" s="1" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="E483" s="3">
-        <v>4.73</v>
+        <v>5</v>
       </c>
       <c r="F483" s="3">
-        <v>4.4</v>
+        <v>4.75</v>
       </c>
       <c r="G483" s="3"/>
       <c r="H483" t="s">
-        <v>1043</v>
+        <v>154</v>
       </c>
       <c r="I483" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="484" spans="1:9" customHeight="1" ht="85">
       <c r="A484" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="C484" s="1"/>
       <c r="D484" s="1" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="E484" s="3">
-        <v>16</v>
+        <v>4.73</v>
       </c>
       <c r="F484" s="3">
-        <v>14.88</v>
+        <v>4.4</v>
       </c>
       <c r="G484" s="3"/>
       <c r="H484" t="s">
-        <v>135</v>
+        <v>1045</v>
       </c>
       <c r="I484" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="485" spans="1:9" customHeight="1" ht="85">
       <c r="A485" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C485" s="1"/>
       <c r="D485" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="E485" s="3">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F485" s="3">
-        <v>13.95</v>
+        <v>14.88</v>
       </c>
       <c r="G485" s="3"/>
       <c r="H485" t="s">
         <v>135</v>
       </c>
       <c r="I485" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="486" spans="1:9" customHeight="1" ht="85">
       <c r="A486" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C486" s="1"/>
       <c r="D486" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="E486" s="3">
         <v>15</v>
       </c>
       <c r="F486" s="3">
         <v>13.95</v>
       </c>
       <c r="G486" s="3"/>
       <c r="H486" t="s">
-        <v>225</v>
+        <v>135</v>
       </c>
       <c r="I486" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="487" spans="1:9" customHeight="1" ht="85">
       <c r="A487" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C487" s="1"/>
       <c r="D487" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="E487" s="3">
         <v>15</v>
       </c>
       <c r="F487" s="3">
         <v>13.95</v>
       </c>
       <c r="G487" s="3"/>
       <c r="H487" t="s">
-        <v>135</v>
+        <v>227</v>
       </c>
       <c r="I487" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="488" spans="1:9" customHeight="1" ht="85">
       <c r="A488" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C488" s="1"/>
       <c r="D488" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="E488" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F488" s="3">
-        <v>18.6</v>
+        <v>13.95</v>
       </c>
       <c r="G488" s="3"/>
       <c r="H488" t="s">
         <v>135</v>
       </c>
       <c r="I488" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="489" spans="1:9" customHeight="1" ht="85">
       <c r="A489" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C489" s="1"/>
       <c r="D489" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="E489" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="F489" s="3">
-        <v>7.44</v>
+        <v>18.6</v>
       </c>
       <c r="G489" s="3"/>
       <c r="H489" t="s">
         <v>135</v>
       </c>
       <c r="I489" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="490" spans="1:9" customHeight="1" ht="85">
       <c r="A490" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="C490" s="1"/>
       <c r="D490" s="1" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="E490" s="3">
-        <v>19.3</v>
+        <v>8</v>
       </c>
       <c r="F490" s="3">
-        <v>17.76</v>
+        <v>7.44</v>
       </c>
       <c r="G490" s="3"/>
       <c r="H490" t="s">
-        <v>36</v>
+        <v>135</v>
       </c>
       <c r="I490" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="491" spans="1:9" customHeight="1" ht="85">
       <c r="A491" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C491" s="1"/>
       <c r="D491" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="E491" s="3">
-        <v>23</v>
+        <v>19.3</v>
       </c>
       <c r="F491" s="3">
-        <v>21.16</v>
+        <v>17.76</v>
       </c>
       <c r="G491" s="3"/>
       <c r="H491" t="s">
-        <v>171</v>
+        <v>46</v>
       </c>
       <c r="I491" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="492" spans="1:9" customHeight="1" ht="85">
       <c r="A492" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C492" s="1"/>
       <c r="D492" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="E492" s="3">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F492" s="3">
-        <v>24.84</v>
+        <v>21.16</v>
       </c>
       <c r="G492" s="3"/>
       <c r="H492" t="s">
-        <v>70</v>
+        <v>171</v>
       </c>
       <c r="I492" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="493" spans="1:9" customHeight="1" ht="85">
       <c r="A493" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C493" s="1"/>
       <c r="D493" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="E493" s="3">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F493" s="3">
-        <v>21.16</v>
+        <v>24.84</v>
       </c>
       <c r="G493" s="3"/>
       <c r="H493" t="s">
-        <v>171</v>
+        <v>62</v>
       </c>
       <c r="I493" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="494" spans="1:9" customHeight="1" ht="85">
       <c r="A494" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C494" s="1"/>
       <c r="D494" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="E494" s="3">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F494" s="3">
-        <v>24.84</v>
+        <v>21.16</v>
       </c>
       <c r="G494" s="3"/>
       <c r="H494" t="s">
-        <v>70</v>
+        <v>171</v>
       </c>
       <c r="I494" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="495" spans="1:9" customHeight="1" ht="85">
       <c r="A495" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1069</v>
+        <v>1060</v>
       </c>
       <c r="C495" s="1"/>
       <c r="D495" s="1" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="E495" s="3">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="F495" s="3">
-        <v>6.51</v>
+        <v>24.84</v>
       </c>
       <c r="G495" s="3"/>
       <c r="H495" t="s">
-        <v>154</v>
+        <v>62</v>
       </c>
       <c r="I495" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="496" spans="1:9" customHeight="1" ht="85">
       <c r="A496" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C496" s="1"/>
       <c r="D496" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="E496" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F496" s="3">
-        <v>9.300000000000001</v>
+        <v>6.51</v>
       </c>
       <c r="G496" s="3"/>
       <c r="H496" t="s">
         <v>154</v>
       </c>
       <c r="I496" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="497" spans="1:9" customHeight="1" ht="85">
       <c r="A497" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C497" s="1"/>
       <c r="D497" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="E497" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F497" s="3">
-        <v>7.44</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="G497" s="3"/>
       <c r="H497" t="s">
         <v>154</v>
       </c>
       <c r="I497" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="498" spans="1:9" customHeight="1" ht="85">
       <c r="A498" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C498" s="1"/>
       <c r="D498" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="E498" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F498" s="3">
-        <v>6.51</v>
+        <v>7.44</v>
       </c>
       <c r="G498" s="3"/>
       <c r="H498" t="s">
         <v>154</v>
       </c>
       <c r="I498" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="499" spans="1:9" customHeight="1" ht="85">
       <c r="A499" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C499" s="1"/>
       <c r="D499" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="E499" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F499" s="3">
-        <v>8.369999999999999</v>
+        <v>6.51</v>
       </c>
       <c r="G499" s="3"/>
       <c r="H499" t="s">
         <v>154</v>
       </c>
       <c r="I499" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="500" spans="1:9" customHeight="1" ht="85">
       <c r="A500" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C500" s="1"/>
       <c r="D500" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="E500" s="3">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F500" s="3">
-        <v>12.09</v>
+        <v>8.369999999999999</v>
       </c>
       <c r="G500" s="3"/>
       <c r="H500" t="s">
         <v>154</v>
       </c>
       <c r="I500" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="501" spans="1:9" customHeight="1" ht="85">
       <c r="A501" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C501" s="1"/>
       <c r="D501" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="E501" s="3">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F501" s="3">
-        <v>2.79</v>
+        <v>12.09</v>
       </c>
       <c r="G501" s="3"/>
       <c r="H501" t="s">
-        <v>45</v>
+        <v>154</v>
       </c>
       <c r="I501" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="502" spans="1:9" customHeight="1" ht="85">
       <c r="A502" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C502" s="1"/>
       <c r="D502" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="E502" s="3">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F502" s="3">
-        <v>10.23</v>
+        <v>2.79</v>
       </c>
       <c r="G502" s="3"/>
       <c r="H502" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="I502" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="503" spans="1:9" customHeight="1" ht="85">
       <c r="A503" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C503" s="1"/>
       <c r="D503" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="E503" s="3">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F503" s="3">
-        <v>4.65</v>
+        <v>10.23</v>
       </c>
       <c r="G503" s="3"/>
       <c r="H503" t="s">
+        <v>154</v>
+      </c>
+      <c r="I503" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="504" spans="1:9" customHeight="1" ht="85">
       <c r="A504" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1089</v>
+        <v>1071</v>
       </c>
       <c r="C504" s="1"/>
       <c r="D504" s="1" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="E504" s="3">
-        <v>8.9</v>
+        <v>5</v>
       </c>
       <c r="F504" s="3">
-        <v>8.279999999999999</v>
+        <v>4.65</v>
       </c>
       <c r="G504" s="3"/>
       <c r="H504" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="I504" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="505" spans="1:9" customHeight="1" ht="85">
       <c r="A505" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C505" s="1"/>
       <c r="D505" s="1" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="E505" s="3">
         <v>8.9</v>
       </c>
       <c r="F505" s="3">
         <v>8.279999999999999</v>
       </c>
       <c r="G505" s="3"/>
       <c r="H505" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I505" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="506" spans="1:9" customHeight="1" ht="85">
       <c r="A506" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C506" s="1"/>
       <c r="D506" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="E506" s="3">
         <v>8.9</v>
       </c>
       <c r="F506" s="3">
         <v>8.279999999999999</v>
       </c>
       <c r="G506" s="3"/>
       <c r="H506" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I506" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="507" spans="1:9" customHeight="1" ht="85">
       <c r="A507" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C507" s="1"/>
       <c r="D507" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="E507" s="3">
-        <v>9.300000000000001</v>
+        <v>8.9</v>
       </c>
       <c r="F507" s="3">
-        <v>8.65</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="G507" s="3"/>
       <c r="H507" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I507" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="508" spans="1:9" customHeight="1" ht="85">
       <c r="A508" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C508" s="1"/>
       <c r="D508" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="E508" s="3">
-        <v>8.5</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="F508" s="3">
-        <v>7.91</v>
+        <v>8.65</v>
       </c>
       <c r="G508" s="3"/>
       <c r="H508" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I508" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="509" spans="1:9" customHeight="1" ht="85">
       <c r="A509" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1101</v>
+        <v>1091</v>
       </c>
       <c r="C509" s="1"/>
       <c r="D509" s="1" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="E509" s="3">
-        <v>4</v>
+        <v>8.5</v>
       </c>
       <c r="F509" s="3">
-        <v>3.72</v>
+        <v>7.91</v>
       </c>
       <c r="G509" s="3"/>
       <c r="H509" t="s">
-        <v>154</v>
+        <v>1093</v>
       </c>
       <c r="I509" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="510" spans="1:9" customHeight="1" ht="85">
       <c r="A510" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C510" s="1"/>
       <c r="D510" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="E510" s="3">
-        <v>3.3</v>
+        <v>4</v>
       </c>
       <c r="F510" s="3">
-        <v>3.07</v>
+        <v>3.72</v>
       </c>
       <c r="G510" s="3"/>
       <c r="H510" t="s">
-        <v>448</v>
+        <v>154</v>
       </c>
       <c r="I510" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="511" spans="1:9" customHeight="1" ht="85">
       <c r="A511" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C511" s="1"/>
       <c r="D511" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="E511" s="3">
-        <v>3.5</v>
+        <v>3.3</v>
       </c>
       <c r="F511" s="3">
-        <v>3.26</v>
+        <v>3.07</v>
       </c>
       <c r="G511" s="3"/>
       <c r="H511" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I511" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="512" spans="1:9" customHeight="1" ht="85">
       <c r="A512" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C512" s="1"/>
       <c r="D512" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="E512" s="3">
-        <v>3.3</v>
+        <v>3.5</v>
       </c>
       <c r="F512" s="3">
-        <v>3.07</v>
+        <v>3.26</v>
       </c>
       <c r="G512" s="3"/>
       <c r="H512" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I512" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="513" spans="1:9" customHeight="1" ht="85">
       <c r="A513" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C513" s="1"/>
       <c r="D513" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="E513" s="3">
         <v>3.3</v>
       </c>
       <c r="F513" s="3">
         <v>3.07</v>
       </c>
       <c r="G513" s="3"/>
       <c r="H513" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I513" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="514" spans="1:9" customHeight="1" ht="85">
       <c r="A514" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C514" s="1"/>
       <c r="D514" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="E514" s="3">
         <v>3.3</v>
       </c>
       <c r="F514" s="3">
         <v>3.07</v>
       </c>
       <c r="G514" s="3"/>
       <c r="H514" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I514" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="515" spans="1:9" customHeight="1" ht="85">
       <c r="A515" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C515" s="1"/>
       <c r="D515" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="E515" s="3">
         <v>3.3</v>
       </c>
       <c r="F515" s="3">
         <v>3.07</v>
       </c>
       <c r="G515" s="3"/>
       <c r="H515" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I515" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="516" spans="1:9" customHeight="1" ht="85">
       <c r="A516" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="C516" s="1"/>
       <c r="D516" s="1" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="E516" s="3">
-        <v>4.1</v>
+        <v>3.3</v>
       </c>
       <c r="F516" s="3">
-        <v>3.81</v>
+        <v>3.07</v>
       </c>
       <c r="G516" s="3"/>
       <c r="H516" t="s">
-        <v>61</v>
+        <v>450</v>
       </c>
       <c r="I516" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="517" spans="1:9" customHeight="1" ht="85">
       <c r="A517" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C517" s="1"/>
       <c r="D517" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="E517" s="3">
-        <v>4</v>
+        <v>4.1</v>
       </c>
       <c r="F517" s="3">
-        <v>3.72</v>
+        <v>3.81</v>
       </c>
       <c r="G517" s="3"/>
       <c r="H517" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="I517" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="518" spans="1:9" customHeight="1" ht="85">
       <c r="A518" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C518" s="1"/>
       <c r="D518" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="E518" s="3">
-        <v>4.5</v>
+        <v>4</v>
       </c>
       <c r="F518" s="3">
-        <v>4.19</v>
+        <v>3.72</v>
       </c>
       <c r="G518" s="3"/>
       <c r="H518" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="I518" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="519" spans="1:9" customHeight="1" ht="85">
       <c r="A519" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="C519" s="1"/>
       <c r="D519" s="1" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="E519" s="3">
-        <v>4</v>
+        <v>4.5</v>
       </c>
       <c r="F519" s="3">
-        <v>3.72</v>
+        <v>4.19</v>
       </c>
       <c r="G519" s="3"/>
       <c r="H519" t="s">
-        <v>888</v>
+        <v>53</v>
       </c>
       <c r="I519" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="520" spans="1:9" customHeight="1" ht="85">
       <c r="A520" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="C520" s="1"/>
       <c r="D520" s="1" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
       <c r="E520" s="3">
-        <v>9.800000000000001</v>
+        <v>4</v>
       </c>
       <c r="F520" s="3">
-        <v>9.109999999999999</v>
+        <v>3.72</v>
       </c>
       <c r="G520" s="3"/>
       <c r="H520" t="s">
-        <v>24</v>
+        <v>890</v>
       </c>
       <c r="I520" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="521" spans="1:9" customHeight="1" ht="85">
       <c r="A521" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C521" s="1"/>
       <c r="D521" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="E521" s="3">
-        <v>14</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="F521" s="3">
-        <v>13.02</v>
+        <v>9.109999999999999</v>
       </c>
       <c r="G521" s="3"/>
       <c r="H521" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I521" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="522" spans="1:9" customHeight="1" ht="85">
       <c r="A522" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C522" s="1"/>
       <c r="D522" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="E522" s="3">
-        <v>9.800000000000001</v>
+        <v>14</v>
       </c>
       <c r="F522" s="3">
-        <v>9.109999999999999</v>
+        <v>13.02</v>
       </c>
       <c r="G522" s="3"/>
       <c r="H522" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="I522" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="523" spans="1:9" customHeight="1" ht="85">
       <c r="A523" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C523" s="1"/>
       <c r="D523" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="E523" s="3">
-        <v>13</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="F523" s="3">
-        <v>12.09</v>
+        <v>9.109999999999999</v>
       </c>
       <c r="G523" s="3"/>
       <c r="H523" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I523" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="524" spans="1:9" customHeight="1" ht="85">
       <c r="A524" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C524" s="1"/>
       <c r="D524" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="E524" s="3">
-        <v>8.800000000000001</v>
+        <v>13</v>
       </c>
       <c r="F524" s="3">
-        <v>8.18</v>
+        <v>12.09</v>
       </c>
       <c r="G524" s="3"/>
       <c r="H524" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="I524" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="525" spans="1:9" customHeight="1" ht="85">
       <c r="A525" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C525" s="1"/>
       <c r="D525" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="E525" s="3">
         <v>8.800000000000001</v>
       </c>
       <c r="F525" s="3">
         <v>8.18</v>
       </c>
       <c r="G525" s="3"/>
       <c r="H525" t="s">
         <v>24</v>
       </c>
       <c r="I525" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="526" spans="1:9" customHeight="1" ht="85">
       <c r="A526" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C526" s="1"/>
       <c r="D526" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="E526" s="3">
-        <v>13</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="F526" s="3">
-        <v>12.09</v>
+        <v>8.18</v>
       </c>
       <c r="G526" s="3"/>
       <c r="H526" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I526" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="527" spans="1:9" customHeight="1" ht="85">
       <c r="A527" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1141</v>
+        <v>1128</v>
       </c>
       <c r="C527" s="1"/>
       <c r="D527" s="1" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="E527" s="3">
-        <v>18.4</v>
+        <v>13</v>
       </c>
       <c r="F527" s="3">
-        <v>16.93</v>
+        <v>12.09</v>
       </c>
       <c r="G527" s="3"/>
       <c r="H527" t="s">
-        <v>1143</v>
+        <v>46</v>
       </c>
       <c r="I527" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="528" spans="1:9" customHeight="1" ht="85">
       <c r="A528" s="1" t="s">
-        <v>1145</v>
+        <v>1042</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="C528" s="1"/>
       <c r="D528" s="1" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="E528" s="3">
-        <v>9.800000000000001</v>
+        <v>18.4</v>
       </c>
       <c r="F528" s="3">
-        <v>9.109999999999999</v>
+        <v>16.93</v>
       </c>
       <c r="G528" s="3"/>
       <c r="H528" t="s">
-        <v>225</v>
+        <v>1145</v>
       </c>
       <c r="I528" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="529" spans="1:9" customHeight="1" ht="85">
       <c r="A529" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C529" s="1"/>
       <c r="D529" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="E529" s="3">
         <v>9.800000000000001</v>
       </c>
       <c r="F529" s="3">
         <v>9.109999999999999</v>
       </c>
       <c r="G529" s="3"/>
       <c r="H529" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I529" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="530" spans="1:9" customHeight="1" ht="85">
       <c r="A530" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C530" s="1"/>
       <c r="D530" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="E530" s="3">
-        <v>104</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="F530" s="3">
-        <v>96.72</v>
+        <v>9.109999999999999</v>
       </c>
       <c r="G530" s="3"/>
       <c r="H530" t="s">
+        <v>227</v>
+      </c>
+      <c r="I530" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="531" spans="1:9" customHeight="1" ht="85">
       <c r="A531" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C531" s="1"/>
       <c r="D531" s="1" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="E531" s="3">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="F531" s="3">
-        <v>116.25</v>
+        <v>96.72</v>
       </c>
       <c r="G531" s="3"/>
       <c r="H531" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I531" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="532" spans="1:9" customHeight="1" ht="85">
       <c r="A532" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C532" s="1"/>
       <c r="D532" s="1" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="E532" s="3">
-        <v>269</v>
+        <v>125</v>
       </c>
       <c r="F532" s="3">
-        <v>250.17</v>
+        <v>116.25</v>
       </c>
       <c r="G532" s="3"/>
       <c r="H532" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I532" t="s">
         <v>1158</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="533" spans="1:9" customHeight="1" ht="85">
       <c r="A533" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C533" s="1"/>
       <c r="D533" s="1" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="E533" s="3">
-        <v>150</v>
+        <v>269</v>
       </c>
       <c r="F533" s="3">
-        <v>139.5</v>
+        <v>250.17</v>
       </c>
       <c r="G533" s="3"/>
       <c r="H533" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I533" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="534" spans="1:9" customHeight="1" ht="85">
       <c r="A534" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C534" s="1"/>
       <c r="D534" s="1" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="E534" s="3">
-        <v>195</v>
+        <v>150</v>
       </c>
       <c r="F534" s="3">
-        <v>181.35</v>
+        <v>139.5</v>
       </c>
       <c r="G534" s="3"/>
       <c r="H534" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I534" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="535" spans="1:9" customHeight="1" ht="85">
       <c r="A535" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C535" s="1"/>
       <c r="D535" s="1" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="E535" s="3">
-        <v>295</v>
+        <v>195</v>
       </c>
       <c r="F535" s="3">
-        <v>274.35</v>
+        <v>181.35</v>
       </c>
       <c r="G535" s="3"/>
       <c r="H535" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I535" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="536" spans="1:9" customHeight="1" ht="85">
       <c r="A536" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C536" s="1"/>
       <c r="D536" s="1" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="E536" s="3">
-        <v>172</v>
+        <v>295</v>
       </c>
       <c r="F536" s="3">
-        <v>159.96</v>
+        <v>274.35</v>
       </c>
       <c r="G536" s="3"/>
       <c r="H536" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I536" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="537" spans="1:9" customHeight="1" ht="85">
       <c r="A537" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C537" s="1"/>
       <c r="D537" s="1" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="E537" s="3">
-        <v>321</v>
+        <v>172</v>
       </c>
       <c r="F537" s="3">
-        <v>298.53</v>
+        <v>159.96</v>
       </c>
       <c r="G537" s="3"/>
       <c r="H537" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I537" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="538" spans="1:9" customHeight="1" ht="85">
       <c r="A538" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C538" s="1"/>
       <c r="D538" s="1" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="E538" s="3">
-        <v>348</v>
+        <v>321</v>
       </c>
       <c r="F538" s="3">
-        <v>323.64</v>
+        <v>298.53</v>
       </c>
       <c r="G538" s="3"/>
       <c r="H538" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I538" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="539" spans="1:9" customHeight="1" ht="85">
       <c r="A539" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C539" s="1"/>
       <c r="D539" s="1" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="E539" s="3">
-        <v>219</v>
+        <v>348</v>
       </c>
       <c r="F539" s="3">
-        <v>203.67</v>
+        <v>323.64</v>
       </c>
       <c r="G539" s="3"/>
       <c r="H539" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I539" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="540" spans="1:9" customHeight="1" ht="85">
       <c r="A540" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C540" s="1"/>
       <c r="D540" s="1" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="E540" s="3">
-        <v>104</v>
+        <v>219</v>
       </c>
       <c r="F540" s="3">
-        <v>96.72</v>
+        <v>203.67</v>
       </c>
       <c r="G540" s="3"/>
       <c r="H540" t="s">
-        <v>1152</v>
+        <v>1181</v>
       </c>
       <c r="I540" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="541" spans="1:9" customHeight="1" ht="85">
       <c r="A541" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C541" s="1"/>
       <c r="D541" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="E541" s="3">
-        <v>243</v>
+        <v>104</v>
       </c>
       <c r="F541" s="3">
-        <v>225.99</v>
+        <v>96.72</v>
       </c>
       <c r="G541" s="3"/>
       <c r="H541" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I541" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="542" spans="1:9" customHeight="1" ht="85">
       <c r="A542" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C542" s="1"/>
       <c r="D542" s="1" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="E542" s="3">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="F542" s="3">
-        <v>116.25</v>
+        <v>225.99</v>
       </c>
       <c r="G542" s="3"/>
       <c r="H542" t="s">
-        <v>1155</v>
+        <v>1186</v>
       </c>
       <c r="I542" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="543" spans="1:9" customHeight="1" ht="85">
       <c r="A543" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C543" s="1"/>
       <c r="D543" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="E543" s="3">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="F543" s="3">
-        <v>139.5</v>
+        <v>116.25</v>
       </c>
       <c r="G543" s="3"/>
       <c r="H543" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="I543" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="544" spans="1:9" customHeight="1" ht="85">
       <c r="A544" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C544" s="1"/>
       <c r="D544" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="E544" s="3">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="F544" s="3">
-        <v>159.96</v>
+        <v>139.5</v>
       </c>
       <c r="G544" s="3"/>
       <c r="H544" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
       <c r="I544" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="545" spans="1:9" customHeight="1" ht="85">
       <c r="A545" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C545" s="1"/>
       <c r="D545" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="E545" s="3">
-        <v>195</v>
+        <v>172</v>
       </c>
       <c r="F545" s="3">
-        <v>181.35</v>
+        <v>159.96</v>
       </c>
       <c r="G545" s="3"/>
       <c r="H545" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
       <c r="I545" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="546" spans="1:9" customHeight="1" ht="85">
       <c r="A546" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C546" s="1"/>
       <c r="D546" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="E546" s="3">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="F546" s="3">
-        <v>203.67</v>
+        <v>181.35</v>
       </c>
       <c r="G546" s="3"/>
       <c r="H546" t="s">
-        <v>1179</v>
+        <v>1166</v>
       </c>
       <c r="I546" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="547" spans="1:9" customHeight="1" ht="85">
       <c r="A547" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C547" s="1"/>
       <c r="D547" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="E547" s="3">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="F547" s="3">
-        <v>225.99</v>
+        <v>203.67</v>
       </c>
       <c r="G547" s="3"/>
       <c r="H547" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="I547" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="548" spans="1:9" customHeight="1" ht="85">
       <c r="A548" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C548" s="1"/>
       <c r="D548" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="E548" s="3">
-        <v>269</v>
+        <v>243</v>
       </c>
       <c r="F548" s="3">
-        <v>250.17</v>
+        <v>225.99</v>
       </c>
       <c r="G548" s="3"/>
       <c r="H548" t="s">
-        <v>1158</v>
+        <v>1186</v>
       </c>
       <c r="I548" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="549" spans="1:9" customHeight="1" ht="85">
       <c r="A549" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C549" s="1"/>
       <c r="D549" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="E549" s="3">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="F549" s="3">
-        <v>274.35</v>
+        <v>250.17</v>
       </c>
       <c r="G549" s="3"/>
       <c r="H549" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="I549" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="550" spans="1:9" customHeight="1" ht="85">
       <c r="A550" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C550" s="1"/>
       <c r="D550" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="E550" s="3">
-        <v>321</v>
+        <v>295</v>
       </c>
       <c r="F550" s="3">
-        <v>298.53</v>
+        <v>274.35</v>
       </c>
       <c r="G550" s="3"/>
       <c r="H550" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="I550" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="551" spans="1:9" customHeight="1" ht="85">
       <c r="A551" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C551" s="1"/>
       <c r="D551" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="E551" s="3">
-        <v>348</v>
+        <v>321</v>
       </c>
       <c r="F551" s="3">
-        <v>323.64</v>
+        <v>298.53</v>
       </c>
       <c r="G551" s="3"/>
       <c r="H551" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="I551" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="552" spans="1:9" customHeight="1" ht="85">
       <c r="A552" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1206</v>
+        <v>1148</v>
       </c>
       <c r="C552" s="1"/>
       <c r="D552" s="1" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="E552" s="3">
-        <v>708</v>
+        <v>348</v>
       </c>
       <c r="F552" s="3">
-        <v>672.6</v>
+        <v>323.64</v>
       </c>
       <c r="G552" s="3"/>
       <c r="H552" t="s">
-        <v>1208</v>
+        <v>1178</v>
       </c>
       <c r="I552" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="553" spans="1:9" customHeight="1" ht="85">
       <c r="A553" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C553" s="1"/>
       <c r="D553" s="1" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="E553" s="3">
-        <v>285.05</v>
+        <v>708</v>
       </c>
       <c r="F553" s="3">
-        <v>270.8</v>
+        <v>672.6</v>
       </c>
       <c r="G553" s="3"/>
       <c r="H553" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I553" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="554" spans="1:9" customHeight="1" ht="85">
       <c r="A554" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C554" s="1"/>
       <c r="D554" s="1" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="E554" s="3">
-        <v>72.72</v>
+        <v>285.05</v>
       </c>
       <c r="F554" s="3">
-        <v>69.08</v>
+        <v>270.8</v>
       </c>
       <c r="G554" s="3"/>
       <c r="H554" t="s">
-        <v>158</v>
+        <v>1213</v>
       </c>
       <c r="I554" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="555" spans="1:9" customHeight="1" ht="85">
       <c r="A555" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C555" s="1"/>
       <c r="D555" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="E555" s="3">
-        <v>58.4</v>
+        <v>72.72</v>
       </c>
       <c r="F555" s="3">
-        <v>55.48</v>
+        <v>69.08</v>
       </c>
       <c r="G555" s="3"/>
       <c r="H555" t="s">
-        <v>321</v>
+        <v>158</v>
       </c>
       <c r="I555" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="556" spans="1:9" customHeight="1" ht="85">
       <c r="A556" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C556" s="1"/>
       <c r="D556" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="E556" s="3">
-        <v>60.63</v>
+        <v>58.4</v>
       </c>
       <c r="F556" s="3">
-        <v>57.6</v>
+        <v>55.48</v>
       </c>
       <c r="G556" s="3"/>
       <c r="H556" t="s">
-        <v>812</v>
+        <v>323</v>
       </c>
       <c r="I556" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="557" spans="1:9" customHeight="1" ht="85">
       <c r="A557" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C557" s="1"/>
       <c r="D557" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="E557" s="3">
-        <v>92.19</v>
+        <v>60.63</v>
       </c>
       <c r="F557" s="3">
-        <v>87.58</v>
+        <v>57.6</v>
       </c>
       <c r="G557" s="3"/>
       <c r="H557" t="s">
-        <v>109</v>
+        <v>814</v>
       </c>
       <c r="I557" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="558" spans="1:9" customHeight="1" ht="85">
       <c r="A558" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C558" s="1"/>
       <c r="D558" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="E558" s="3">
-        <v>99.98</v>
+        <v>92.19</v>
       </c>
       <c r="F558" s="3">
-        <v>94.98</v>
+        <v>87.58</v>
       </c>
       <c r="G558" s="3"/>
       <c r="H558" t="s">
+        <v>109</v>
+      </c>
+      <c r="I558" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="559" spans="1:9" customHeight="1" ht="85">
       <c r="A559" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C559" s="1"/>
       <c r="D559" s="1" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="E559" s="3">
-        <v>124.59</v>
+        <v>99.98</v>
       </c>
       <c r="F559" s="3">
-        <v>118.36</v>
+        <v>94.98</v>
       </c>
       <c r="G559" s="3"/>
       <c r="H559" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I559" t="s">
         <v>1225</v>
-      </c>
-[...1 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="560" spans="1:9" customHeight="1" ht="85">
       <c r="A560" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C560" s="1"/>
       <c r="D560" s="1" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="E560" s="3">
-        <v>100.67</v>
+        <v>124.59</v>
       </c>
       <c r="F560" s="3">
-        <v>95.64</v>
+        <v>118.36</v>
       </c>
       <c r="G560" s="3"/>
       <c r="H560" t="s">
+        <v>1227</v>
+      </c>
+      <c r="I560" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="561" spans="1:9" customHeight="1" ht="85">
       <c r="A561" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C561" s="1"/>
       <c r="D561" s="1" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="E561" s="3">
-        <v>114.58</v>
+        <v>100.67</v>
       </c>
       <c r="F561" s="3">
-        <v>108.85</v>
+        <v>95.64</v>
       </c>
       <c r="G561" s="3"/>
       <c r="H561" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I561" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="562" spans="1:9" customHeight="1" ht="85">
       <c r="A562" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C562" s="1"/>
       <c r="D562" s="1" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="E562" s="3">
-        <v>60.63</v>
+        <v>114.58</v>
       </c>
       <c r="F562" s="3">
-        <v>57.6</v>
+        <v>108.85</v>
       </c>
       <c r="G562" s="3"/>
       <c r="H562" t="s">
-        <v>812</v>
+        <v>1233</v>
       </c>
       <c r="I562" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="563" spans="1:9" customHeight="1" ht="85">
       <c r="A563" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C563" s="1"/>
       <c r="D563" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="E563" s="3">
-        <v>145.86</v>
+        <v>60.63</v>
       </c>
       <c r="F563" s="3">
-        <v>138.57</v>
+        <v>57.6</v>
       </c>
       <c r="G563" s="3"/>
       <c r="H563" t="s">
+        <v>814</v>
+      </c>
+      <c r="I563" t="s">
         <v>1236</v>
-      </c>
-[...1 lines deleted...]
-        <v>1237</v>
       </c>
     </row>
     <row r="564" spans="1:9" customHeight="1" ht="85">
       <c r="A564" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C564" s="1"/>
       <c r="D564" s="1" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="E564" s="3">
-        <v>63.55</v>
+        <v>145.86</v>
       </c>
       <c r="F564" s="3">
-        <v>60.37</v>
+        <v>138.57</v>
       </c>
       <c r="G564" s="3"/>
       <c r="H564" t="s">
-        <v>780</v>
+        <v>1238</v>
       </c>
       <c r="I564" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="565" spans="1:9" customHeight="1" ht="85">
       <c r="A565" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C565" s="1"/>
       <c r="D565" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="E565" s="3">
-        <v>78.84</v>
+        <v>63.55</v>
       </c>
       <c r="F565" s="3">
-        <v>74.90000000000001</v>
+        <v>60.37</v>
       </c>
       <c r="G565" s="3"/>
       <c r="H565" t="s">
-        <v>174</v>
+        <v>782</v>
       </c>
       <c r="I565" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="566" spans="1:9" customHeight="1" ht="85">
       <c r="A566" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C566" s="1"/>
       <c r="D566" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="E566" s="3">
-        <v>77.45</v>
+        <v>78.84</v>
       </c>
       <c r="F566" s="3">
-        <v>73.58</v>
+        <v>74.90000000000001</v>
       </c>
       <c r="G566" s="3"/>
       <c r="H566" t="s">
-        <v>321</v>
+        <v>174</v>
       </c>
       <c r="I566" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="567" spans="1:9" customHeight="1" ht="85">
       <c r="A567" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C567" s="1"/>
       <c r="D567" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="E567" s="3">
-        <v>81.62</v>
+        <v>77.45</v>
       </c>
       <c r="F567" s="3">
-        <v>77.54000000000001</v>
+        <v>73.58</v>
       </c>
       <c r="G567" s="3"/>
       <c r="H567" t="s">
-        <v>812</v>
+        <v>323</v>
       </c>
       <c r="I567" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="568" spans="1:9" customHeight="1" ht="85">
       <c r="A568" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C568" s="1"/>
       <c r="D568" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="E568" s="3">
-        <v>93.86</v>
+        <v>81.62</v>
       </c>
       <c r="F568" s="3">
-        <v>89.17</v>
+        <v>77.54000000000001</v>
       </c>
       <c r="G568" s="3"/>
       <c r="H568" t="s">
-        <v>158</v>
+        <v>814</v>
       </c>
       <c r="I568" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="569" spans="1:9" customHeight="1" ht="85">
       <c r="A569" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C569" s="1"/>
       <c r="D569" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="E569" s="3">
-        <v>112.91</v>
+        <v>93.86</v>
       </c>
       <c r="F569" s="3">
-        <v>107.26</v>
+        <v>89.17</v>
       </c>
       <c r="G569" s="3"/>
       <c r="H569" t="s">
-        <v>109</v>
+        <v>158</v>
       </c>
       <c r="I569" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="570" spans="1:9" customHeight="1" ht="85">
       <c r="A570" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C570" s="1"/>
       <c r="D570" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="E570" s="3">
-        <v>120.7</v>
+        <v>112.91</v>
       </c>
       <c r="F570" s="3">
-        <v>114.67</v>
+        <v>107.26</v>
       </c>
       <c r="G570" s="3"/>
       <c r="H570" t="s">
-        <v>1222</v>
+        <v>109</v>
       </c>
       <c r="I570" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="571" spans="1:9" customHeight="1" ht="85">
       <c r="A571" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C571" s="1"/>
       <c r="D571" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="E571" s="3">
-        <v>145.31</v>
+        <v>120.7</v>
       </c>
       <c r="F571" s="3">
-        <v>138.04</v>
+        <v>114.67</v>
       </c>
       <c r="G571" s="3"/>
       <c r="H571" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I571" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="572" spans="1:9" customHeight="1" ht="85">
       <c r="A572" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C572" s="1"/>
       <c r="D572" s="1" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="E572" s="3">
-        <v>81.62</v>
+        <v>145.31</v>
       </c>
       <c r="F572" s="3">
-        <v>77.54000000000001</v>
+        <v>138.04</v>
       </c>
       <c r="G572" s="3"/>
       <c r="H572" t="s">
-        <v>812</v>
+        <v>1255</v>
       </c>
       <c r="I572" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="573" spans="1:9" customHeight="1" ht="85">
       <c r="A573" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C573" s="1"/>
       <c r="D573" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="E573" s="3">
-        <v>84.54000000000001</v>
+        <v>81.62</v>
       </c>
       <c r="F573" s="3">
-        <v>80.31</v>
+        <v>77.54000000000001</v>
       </c>
       <c r="G573" s="3"/>
       <c r="H573" t="s">
-        <v>174</v>
+        <v>814</v>
       </c>
       <c r="I573" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="574" spans="1:9" customHeight="1" ht="85">
       <c r="A574" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C574" s="1"/>
       <c r="D574" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="E574" s="3">
-        <v>99.98</v>
+        <v>84.54000000000001</v>
       </c>
       <c r="F574" s="3">
-        <v>94.98</v>
+        <v>80.31</v>
       </c>
       <c r="G574" s="3"/>
       <c r="H574" t="s">
         <v>174</v>
       </c>
       <c r="I574" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="575" spans="1:9" customHeight="1" ht="85">
       <c r="A575" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C575" s="1"/>
       <c r="D575" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="E575" s="3">
-        <v>121.67</v>
+        <v>99.98</v>
       </c>
       <c r="F575" s="3">
-        <v>115.59</v>
+        <v>94.98</v>
       </c>
       <c r="G575" s="3"/>
       <c r="H575" t="s">
-        <v>1228</v>
+        <v>174</v>
       </c>
       <c r="I575" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="576" spans="1:9" customHeight="1" ht="85">
       <c r="A576" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C576" s="1"/>
       <c r="D576" s="1" t="s">
         <v>1263</v>
       </c>
       <c r="E576" s="3">
-        <v>135.3</v>
+        <v>121.67</v>
       </c>
       <c r="F576" s="3">
-        <v>128.54</v>
+        <v>115.59</v>
       </c>
       <c r="G576" s="3"/>
       <c r="H576" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="I576" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="577" spans="1:9" customHeight="1" ht="85">
       <c r="A577" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C577" s="1"/>
       <c r="D577" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="E577" s="3">
-        <v>166.86</v>
+        <v>135.3</v>
       </c>
       <c r="F577" s="3">
-        <v>158.52</v>
+        <v>128.54</v>
       </c>
       <c r="G577" s="3"/>
       <c r="H577" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="I577" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="578" spans="1:9" customHeight="1" ht="85">
       <c r="A578" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>1267</v>
+        <v>1208</v>
       </c>
       <c r="C578" s="1"/>
       <c r="D578" s="1" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="E578" s="3">
-        <v>11.7</v>
+        <v>166.86</v>
       </c>
       <c r="F578" s="3">
-        <v>11.12</v>
+        <v>158.52</v>
       </c>
       <c r="G578" s="3"/>
       <c r="H578" t="s">
-        <v>36</v>
+        <v>1238</v>
       </c>
       <c r="I578" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="579" spans="1:9" customHeight="1" ht="85">
       <c r="A579" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C579" s="1"/>
       <c r="D579" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="E579" s="3">
         <v>11.7</v>
       </c>
       <c r="F579" s="3">
         <v>11.12</v>
       </c>
       <c r="G579" s="3"/>
       <c r="H579" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I579" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="580" spans="1:9" customHeight="1" ht="85">
       <c r="A580" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C580" s="1"/>
       <c r="D580" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="E580" s="3">
         <v>11.7</v>
       </c>
       <c r="F580" s="3">
         <v>11.12</v>
       </c>
       <c r="G580" s="3"/>
       <c r="H580" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I580" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="581" spans="1:9" customHeight="1" ht="85">
       <c r="A581" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C581" s="1"/>
       <c r="D581" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="E581" s="3">
         <v>11.7</v>
       </c>
       <c r="F581" s="3">
         <v>11.12</v>
       </c>
       <c r="G581" s="3"/>
       <c r="H581" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I581" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="582" spans="1:9" customHeight="1" ht="85">
       <c r="A582" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C582" s="1"/>
       <c r="D582" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="E582" s="3">
         <v>11.7</v>
       </c>
       <c r="F582" s="3">
         <v>11.12</v>
       </c>
       <c r="G582" s="3"/>
       <c r="H582" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I582" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="583" spans="1:9" customHeight="1" ht="85">
       <c r="A583" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C583" s="1"/>
       <c r="D583" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="E583" s="3">
         <v>11.7</v>
       </c>
       <c r="F583" s="3">
         <v>11.12</v>
       </c>
       <c r="G583" s="3"/>
       <c r="H583" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I583" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="584" spans="1:9" customHeight="1" ht="85">
       <c r="A584" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1280</v>
+        <v>1269</v>
       </c>
       <c r="C584" s="1"/>
       <c r="D584" s="1" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
       <c r="E584" s="3">
-        <v>34.5</v>
+        <v>11.7</v>
       </c>
       <c r="F584" s="3">
-        <v>32.78</v>
+        <v>11.12</v>
       </c>
       <c r="G584" s="3"/>
       <c r="H584" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="I584" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="585" spans="1:9" customHeight="1" ht="85">
       <c r="A585" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C585" s="1"/>
       <c r="D585" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="E585" s="3">
-        <v>44.4</v>
+        <v>34.5</v>
       </c>
       <c r="F585" s="3">
-        <v>42.18</v>
+        <v>32.78</v>
       </c>
       <c r="G585" s="3"/>
       <c r="H585" t="s">
-        <v>171</v>
+        <v>21</v>
       </c>
       <c r="I585" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="586" spans="1:9" customHeight="1" ht="85">
       <c r="A586" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C586" s="1"/>
       <c r="D586" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="E586" s="3">
-        <v>55</v>
+        <v>44.4</v>
       </c>
       <c r="F586" s="3">
-        <v>52.25</v>
+        <v>42.18</v>
       </c>
       <c r="G586" s="3"/>
       <c r="H586" t="s">
         <v>171</v>
       </c>
       <c r="I586" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="587" spans="1:9" customHeight="1" ht="85">
       <c r="A587" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C587" s="1"/>
       <c r="D587" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="E587" s="3">
-        <v>120</v>
+        <v>55</v>
       </c>
       <c r="F587" s="3">
-        <v>114</v>
+        <v>52.25</v>
       </c>
       <c r="G587" s="3"/>
       <c r="H587" t="s">
-        <v>65</v>
+        <v>171</v>
       </c>
       <c r="I587" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="588" spans="1:9" customHeight="1" ht="85">
       <c r="A588" s="1" t="s">
-        <v>1289</v>
+        <v>1147</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="C588" s="1"/>
       <c r="D588" s="1" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="E588" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="F588" s="3">
-        <v>9.199999999999999</v>
+        <v>114</v>
       </c>
       <c r="G588" s="3"/>
       <c r="H588" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="I588" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="589" spans="1:9" customHeight="1" ht="85">
       <c r="A589" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="C589" s="1"/>
       <c r="D589" s="1" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="E589" s="3">
-        <v>0.55</v>
+        <v>10</v>
       </c>
       <c r="F589" s="3">
-        <v>0.51</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="G589" s="3"/>
       <c r="H589" t="s">
-        <v>465</v>
+        <v>53</v>
       </c>
       <c r="I589" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="590" spans="1:9" customHeight="1" ht="85">
       <c r="A590" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="C590" s="1"/>
       <c r="D590" s="1" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="E590" s="3">
-        <v>5</v>
+        <v>0.55</v>
       </c>
       <c r="F590" s="3">
-        <v>4.65</v>
+        <v>0.51</v>
       </c>
       <c r="G590" s="3"/>
       <c r="H590" t="s">
-        <v>1298</v>
+        <v>467</v>
       </c>
       <c r="I590" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="591" spans="1:9" customHeight="1" ht="85">
       <c r="A591" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="C591" s="1"/>
       <c r="D591" s="1" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="E591" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F591" s="3">
-        <v>3.68</v>
+        <v>4.65</v>
       </c>
       <c r="G591" s="3"/>
       <c r="H591" t="s">
-        <v>317</v>
+        <v>1300</v>
       </c>
       <c r="I591" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="592" spans="1:9" customHeight="1" ht="85">
       <c r="A592" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="C592" s="1"/>
       <c r="D592" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="E592" s="3">
-        <v>3.1</v>
+        <v>4</v>
       </c>
       <c r="F592" s="3">
-        <v>2.85</v>
+        <v>3.68</v>
       </c>
       <c r="G592" s="3"/>
       <c r="H592" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I592" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="593" spans="1:9" customHeight="1" ht="85">
       <c r="A593" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="C593" s="1"/>
       <c r="D593" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="E593" s="3">
-        <v>3.5</v>
+        <v>3.1</v>
       </c>
       <c r="F593" s="3">
-        <v>3.22</v>
+        <v>2.85</v>
       </c>
       <c r="G593" s="3"/>
       <c r="H593" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I593" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="594" spans="1:9" customHeight="1" ht="85">
       <c r="A594" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="C594" s="1"/>
       <c r="D594" s="1" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="E594" s="3">
-        <v>20.3</v>
+        <v>3.5</v>
       </c>
       <c r="F594" s="3">
-        <v>18.68</v>
+        <v>3.22</v>
       </c>
       <c r="G594" s="3"/>
       <c r="H594" t="s">
-        <v>1309</v>
+        <v>319</v>
       </c>
       <c r="I594" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="595" spans="1:9" customHeight="1" ht="85">
       <c r="A595" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="C595" s="1"/>
       <c r="D595" s="1" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="E595" s="3">
-        <v>7.5</v>
+        <v>20.3</v>
       </c>
       <c r="F595" s="3">
-        <v>6.9</v>
+        <v>18.68</v>
       </c>
       <c r="G595" s="3"/>
       <c r="H595" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="I595" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="596" spans="1:9" customHeight="1" ht="85">
       <c r="A596" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="C596" s="1"/>
       <c r="D596" s="1" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="E596" s="3">
-        <v>8.25</v>
+        <v>7.5</v>
       </c>
       <c r="F596" s="3">
-        <v>7.59</v>
+        <v>6.9</v>
       </c>
       <c r="G596" s="3"/>
       <c r="H596" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="I596" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="597" spans="1:9" customHeight="1" ht="85">
       <c r="A597" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>1317</v>
+        <v>1313</v>
       </c>
       <c r="C597" s="1"/>
       <c r="D597" s="1" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="E597" s="3">
-        <v>0.5600000000000001</v>
+        <v>8.25</v>
       </c>
       <c r="F597" s="3">
-        <v>0.53</v>
+        <v>7.59</v>
       </c>
       <c r="G597" s="3"/>
       <c r="H597" t="s">
-        <v>465</v>
+        <v>1315</v>
       </c>
       <c r="I597" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="598" spans="1:9" customHeight="1" ht="85">
       <c r="A598" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C598" s="1"/>
       <c r="D598" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="E598" s="3">
-        <v>0.3</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="F598" s="3">
-        <v>0.29</v>
+        <v>0.53</v>
       </c>
       <c r="G598" s="3"/>
       <c r="H598" t="s">
-        <v>823</v>
+        <v>467</v>
       </c>
       <c r="I598" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="599" spans="1:9" customHeight="1" ht="85">
       <c r="A599" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C599" s="1"/>
       <c r="D599" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="E599" s="3">
-        <v>0.88</v>
+        <v>0.3</v>
       </c>
       <c r="F599" s="3">
-        <v>0.84</v>
+        <v>0.29</v>
       </c>
       <c r="G599" s="3"/>
       <c r="H599" t="s">
-        <v>606</v>
+        <v>825</v>
       </c>
       <c r="I599" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="600" spans="1:9" customHeight="1" ht="85">
       <c r="A600" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C600" s="1"/>
       <c r="D600" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="E600" s="3">
-        <v>0.36</v>
+        <v>0.88</v>
       </c>
       <c r="F600" s="3">
-        <v>0.34</v>
+        <v>0.84</v>
       </c>
       <c r="G600" s="3"/>
       <c r="H600" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I600" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="601" spans="1:9" customHeight="1" ht="85">
       <c r="A601" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C601" s="1"/>
       <c r="D601" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="E601" s="3">
-        <v>0.48</v>
+        <v>0.36</v>
       </c>
       <c r="F601" s="3">
-        <v>0.46</v>
+        <v>0.34</v>
       </c>
       <c r="G601" s="3"/>
       <c r="H601" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I601" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="602" spans="1:9" customHeight="1" ht="85">
       <c r="A602" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C602" s="1"/>
       <c r="D602" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="E602" s="3">
-        <v>0.54</v>
+        <v>0.48</v>
       </c>
       <c r="F602" s="3">
-        <v>0.51</v>
+        <v>0.46</v>
       </c>
       <c r="G602" s="3"/>
       <c r="H602" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I602" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="603" spans="1:9" customHeight="1" ht="85">
       <c r="A603" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C603" s="1"/>
       <c r="D603" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="E603" s="3">
-        <v>0.66</v>
+        <v>0.54</v>
       </c>
       <c r="F603" s="3">
-        <v>0.63</v>
+        <v>0.51</v>
       </c>
       <c r="G603" s="3"/>
       <c r="H603" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I603" t="s">
-        <v>1323</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="604" spans="1:9" customHeight="1" ht="85">
       <c r="A604" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C604" s="1"/>
       <c r="D604" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="E604" s="3">
-        <v>0.84</v>
+        <v>0.66</v>
       </c>
       <c r="F604" s="3">
-        <v>0.8</v>
+        <v>0.63</v>
       </c>
       <c r="G604" s="3"/>
       <c r="H604" t="s">
-        <v>1332</v>
+        <v>608</v>
       </c>
       <c r="I604" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="605" spans="1:9" customHeight="1" ht="85">
       <c r="A605" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C605" s="1"/>
       <c r="D605" s="1" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
       <c r="E605" s="3">
-        <v>1.08</v>
+        <v>0.84</v>
       </c>
       <c r="F605" s="3">
-        <v>1.03</v>
+        <v>0.8</v>
       </c>
       <c r="G605" s="3"/>
       <c r="H605" t="s">
-        <v>823</v>
+        <v>1334</v>
       </c>
       <c r="I605" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="606" spans="1:9" customHeight="1" ht="85">
       <c r="A606" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C606" s="1"/>
       <c r="D606" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="E606" s="3">
-        <v>1.12</v>
+        <v>1.08</v>
       </c>
       <c r="F606" s="3">
-        <v>1.06</v>
+        <v>1.03</v>
       </c>
       <c r="G606" s="3"/>
       <c r="H606" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I606" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="607" spans="1:9" customHeight="1" ht="85">
       <c r="A607" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C607" s="1"/>
       <c r="D607" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="E607" s="3">
-        <v>0.18</v>
+        <v>1.12</v>
       </c>
       <c r="F607" s="3">
-        <v>0.17</v>
+        <v>1.06</v>
       </c>
       <c r="G607" s="3"/>
       <c r="H607" t="s">
-        <v>465</v>
+        <v>825</v>
       </c>
       <c r="I607" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="608" spans="1:9" customHeight="1" ht="85">
       <c r="A608" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C608" s="1"/>
       <c r="D608" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="E608" s="3">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="F608" s="3">
-        <v>0.38</v>
+        <v>0.17</v>
       </c>
       <c r="G608" s="3"/>
       <c r="H608" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I608" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="609" spans="1:9" customHeight="1" ht="85">
       <c r="A609" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C609" s="1"/>
       <c r="D609" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="E609" s="3">
-        <v>0.64</v>
+        <v>0.4</v>
       </c>
       <c r="F609" s="3">
-        <v>0.61</v>
+        <v>0.38</v>
       </c>
       <c r="G609" s="3"/>
       <c r="H609" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I609" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="610" spans="1:9" customHeight="1" ht="85">
       <c r="A610" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C610" s="1"/>
       <c r="D610" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="E610" s="3">
-        <v>0.72</v>
+        <v>0.64</v>
       </c>
       <c r="F610" s="3">
-        <v>0.68</v>
+        <v>0.61</v>
       </c>
       <c r="G610" s="3"/>
       <c r="H610" t="s">
-        <v>823</v>
+        <v>467</v>
       </c>
       <c r="I610" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="611" spans="1:9" customHeight="1" ht="85">
       <c r="A611" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C611" s="1"/>
       <c r="D611" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="E611" s="3">
-        <v>0.3</v>
+        <v>0.72</v>
       </c>
       <c r="F611" s="3">
-        <v>0.29</v>
+        <v>0.68</v>
       </c>
       <c r="G611" s="3"/>
       <c r="H611" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I611" t="s">
         <v>1346</v>
       </c>
     </row>
     <row r="612" spans="1:9" customHeight="1" ht="85">
       <c r="A612" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C612" s="1"/>
       <c r="D612" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="E612" s="3">
-        <v>0.12</v>
+        <v>0.3</v>
       </c>
       <c r="F612" s="3">
-        <v>0.11</v>
+        <v>0.29</v>
       </c>
       <c r="G612" s="3"/>
       <c r="H612" t="s">
-        <v>465</v>
+        <v>825</v>
       </c>
       <c r="I612" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="613" spans="1:9" customHeight="1" ht="85">
       <c r="A613" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C613" s="1"/>
       <c r="D613" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="E613" s="3">
-        <v>0.24</v>
+        <v>0.12</v>
       </c>
       <c r="F613" s="3">
-        <v>0.23</v>
+        <v>0.11</v>
       </c>
       <c r="G613" s="3"/>
       <c r="H613" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I613" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="614" spans="1:9" customHeight="1" ht="85">
       <c r="A614" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C614" s="1"/>
       <c r="D614" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="E614" s="3">
-        <v>1.6</v>
+        <v>0.24</v>
       </c>
       <c r="F614" s="3">
-        <v>1.52</v>
+        <v>0.23</v>
       </c>
       <c r="G614" s="3"/>
       <c r="H614" t="s">
-        <v>823</v>
+        <v>467</v>
       </c>
       <c r="I614" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="615" spans="1:9" customHeight="1" ht="85">
       <c r="A615" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C615" s="1"/>
       <c r="D615" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="E615" s="3">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F615" s="3">
-        <v>1.14</v>
+        <v>1.52</v>
       </c>
       <c r="G615" s="3"/>
       <c r="H615" t="s">
-        <v>465</v>
+        <v>825</v>
       </c>
       <c r="I615" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="616" spans="1:9" customHeight="1" ht="85">
       <c r="A616" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C616" s="1"/>
       <c r="D616" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="E616" s="3">
-        <v>0.3</v>
+        <v>1.2</v>
       </c>
       <c r="F616" s="3">
-        <v>0.29</v>
+        <v>1.14</v>
       </c>
       <c r="G616" s="3"/>
       <c r="H616" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I616" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="617" spans="1:9" customHeight="1" ht="85">
       <c r="A617" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C617" s="1"/>
       <c r="D617" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="E617" s="3">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
       <c r="F617" s="3">
-        <v>0.15</v>
+        <v>0.29</v>
       </c>
       <c r="G617" s="3"/>
       <c r="H617" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I617" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="618" spans="1:9" customHeight="1" ht="85">
       <c r="A618" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C618" s="1"/>
       <c r="D618" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="E618" s="3">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
       <c r="F618" s="3">
-        <v>0.3</v>
+        <v>0.15</v>
       </c>
       <c r="G618" s="3"/>
       <c r="H618" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I618" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="619" spans="1:9" customHeight="1" ht="85">
       <c r="A619" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C619" s="1"/>
       <c r="D619" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="E619" s="3">
-        <v>0.48</v>
+        <v>0.32</v>
       </c>
       <c r="F619" s="3">
-        <v>0.46</v>
+        <v>0.3</v>
       </c>
       <c r="G619" s="3"/>
       <c r="H619" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I619" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="620" spans="1:9" customHeight="1" ht="85">
       <c r="A620" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C620" s="1"/>
       <c r="D620" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="E620" s="3">
-        <v>0.8</v>
+        <v>0.48</v>
       </c>
       <c r="F620" s="3">
-        <v>0.76</v>
+        <v>0.46</v>
       </c>
       <c r="G620" s="3"/>
       <c r="H620" t="s">
-        <v>823</v>
+        <v>467</v>
       </c>
       <c r="I620" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="621" spans="1:9" customHeight="1" ht="85">
       <c r="A621" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C621" s="1"/>
       <c r="D621" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="E621" s="3">
-        <v>1</v>
+        <v>0.8</v>
       </c>
       <c r="F621" s="3">
-        <v>0.95</v>
+        <v>0.76</v>
       </c>
       <c r="G621" s="3"/>
       <c r="H621" t="s">
-        <v>465</v>
+        <v>825</v>
       </c>
       <c r="I621" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="622" spans="1:9" customHeight="1" ht="85">
       <c r="A622" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C622" s="1"/>
       <c r="D622" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="E622" s="3">
-        <v>1.33</v>
+        <v>1</v>
       </c>
       <c r="F622" s="3">
-        <v>1.26</v>
+        <v>0.95</v>
       </c>
       <c r="G622" s="3"/>
       <c r="H622" t="s">
-        <v>823</v>
+        <v>467</v>
       </c>
       <c r="I622" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="623" spans="1:9" customHeight="1" ht="85">
       <c r="A623" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C623" s="1"/>
       <c r="D623" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="E623" s="3">
-        <v>0.08</v>
+        <v>1.33</v>
       </c>
       <c r="F623" s="3">
-        <v>0.08</v>
+        <v>1.26</v>
       </c>
       <c r="G623" s="3"/>
       <c r="H623" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I623" t="s">
         <v>1370</v>
       </c>
     </row>
     <row r="624" spans="1:9" customHeight="1" ht="85">
       <c r="A624" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C624" s="1"/>
       <c r="D624" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="E624" s="3">
-        <v>0.36</v>
+        <v>0.08</v>
       </c>
       <c r="F624" s="3">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
       <c r="G624" s="3"/>
       <c r="H624" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I624" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="625" spans="1:9" customHeight="1" ht="85">
       <c r="A625" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C625" s="1"/>
       <c r="D625" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="E625" s="3">
-        <v>1.8</v>
+        <v>0.36</v>
       </c>
       <c r="F625" s="3">
-        <v>1.71</v>
+        <v>0.34</v>
       </c>
       <c r="G625" s="3"/>
       <c r="H625" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="I625" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="626" spans="1:9" customHeight="1" ht="85">
       <c r="A626" s="1" t="s">
-        <v>1375</v>
+        <v>1291</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>1376</v>
+        <v>1319</v>
       </c>
       <c r="C626" s="1"/>
       <c r="D626" s="1" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="E626" s="3">
-        <v>62.4</v>
+        <v>1.8</v>
       </c>
       <c r="F626" s="3">
-        <v>57.41</v>
+        <v>1.71</v>
       </c>
       <c r="G626" s="3"/>
       <c r="H626" t="s">
-        <v>344</v>
+        <v>825</v>
       </c>
       <c r="I626" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="627" spans="1:9" customHeight="1" ht="85">
       <c r="A627" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C627" s="1"/>
       <c r="D627" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="E627" s="3">
         <v>62.4</v>
       </c>
       <c r="F627" s="3">
         <v>57.41</v>
       </c>
       <c r="G627" s="3"/>
       <c r="H627" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I627" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="628" spans="1:9" customHeight="1" ht="85">
       <c r="A628" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
       <c r="C628" s="1"/>
       <c r="D628" s="1" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="E628" s="3">
-        <v>76.3</v>
+        <v>62.4</v>
       </c>
       <c r="F628" s="3">
-        <v>69.43000000000001</v>
+        <v>57.41</v>
       </c>
       <c r="G628" s="3"/>
       <c r="H628" t="s">
-        <v>1228</v>
+        <v>346</v>
       </c>
       <c r="I628" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="629" spans="1:9" customHeight="1" ht="85">
       <c r="A629" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C629" s="1"/>
       <c r="D629" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="E629" s="3">
-        <v>30</v>
+        <v>76.3</v>
       </c>
       <c r="F629" s="3">
-        <v>27.3</v>
+        <v>69.43000000000001</v>
       </c>
       <c r="G629" s="3"/>
       <c r="H629" t="s">
-        <v>812</v>
+        <v>1230</v>
       </c>
       <c r="I629" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="630" spans="1:9" customHeight="1" ht="85">
       <c r="A630" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C630" s="1"/>
       <c r="D630" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="E630" s="3">
         <v>30</v>
       </c>
       <c r="F630" s="3">
         <v>27.3</v>
       </c>
       <c r="G630" s="3"/>
       <c r="H630" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="I630" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="631" spans="1:9" customHeight="1" ht="85">
       <c r="A631" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C631" s="1"/>
       <c r="D631" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="E631" s="3">
         <v>30</v>
       </c>
       <c r="F631" s="3">
         <v>27.3</v>
       </c>
       <c r="G631" s="3"/>
       <c r="H631" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="I631" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="632" spans="1:9" customHeight="1" ht="85">
       <c r="A632" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C632" s="1"/>
       <c r="D632" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="E632" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="F632" s="3">
-        <v>40.95</v>
+        <v>27.3</v>
       </c>
       <c r="G632" s="3"/>
       <c r="H632" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="I632" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="633" spans="1:9" customHeight="1" ht="85">
       <c r="A633" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C633" s="1"/>
       <c r="D633" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="E633" s="3">
-        <v>4.5</v>
+        <v>45</v>
       </c>
       <c r="F633" s="3">
-        <v>4.1</v>
+        <v>40.95</v>
       </c>
       <c r="G633" s="3"/>
       <c r="H633" t="s">
+        <v>814</v>
+      </c>
+      <c r="I633" t="s">
         <v>1393</v>
       </c>
-      <c r="I633" t="s">
+    </row>
+    <row r="634" spans="1:9" customHeight="1" ht="85">
+      <c r="A634" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C634" s="1"/>
+      <c r="D634" s="1" t="s">
         <v>1394</v>
+      </c>
+      <c r="E634" s="3">
+        <v>4.5</v>
+      </c>
+      <c r="F634" s="3">
+        <v>4.1</v>
+      </c>
+      <c r="G634" s="3"/>
+      <c r="H634" t="s">
+        <v>1395</v>
+      </c>
+      <c r="I634" t="s">
+        <v>1396</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>